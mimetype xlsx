--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CF3668E1-D18F-4A51-962A-9C5810078D34}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FD5298E3-150F-4D17-A2B5-A5A5AC53AF7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{5C353FC8-5151-49A7-A83D-E6049B84DD08}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{205A31DE-399F-4614-8263-4FD27C565640}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-139463" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-139463'!$A$1:$N$28</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-139463'!$A$1:$N$26</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{32F453E2-AD68-4DF9-95A6-9C925ADBEC1A}" keepAlive="1" name="Query - title-list-139463" description="Connection to the 'title-list-139463' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{A090FB8A-3E1B-428D-B12C-8CB9B326572C}" keepAlive="1" name="Query - title-list-139463" description="Connection to the 'title-list-139463' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-139463;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-139463]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="311" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="189">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[2264291]</t>
   </si>
   <si>
     <t>Resource Type[2264294]</t>
   </si>
   <si>
     <t>ISSN[2264300]</t>
   </si>
   <si>
     <t>OCLC[2264301]</t>
   </si>
   <si>
     <t>Place of Publication[2264302]</t>
   </si>
   <si>
     <t>Publisher[2264303]</t>
   </si>
   <si>
     <t>Frequency[2264304]</t>
   </si>
   <si>
@@ -215,62 +215,50 @@
     <t>Continues: The Faith</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/black-periodicals/imani-40038469</t>
   </si>
   <si>
     <t>1971 - 1971</t>
   </si>
   <si>
     <t>Wakra</t>
   </si>
   <si>
     <t>3494250</t>
   </si>
   <si>
     <t>Boston, MA</t>
   </si>
   <si>
     <t>Wakra Publishing Group</t>
   </si>
   <si>
     <t>Quarterly</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/black-periodicals/wakra-40038470</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://www.jstor.org/site/reveal-digital/black-periodicals/-40038444</t>
   </si>
   <si>
     <t>Pan-African Journal</t>
   </si>
   <si>
     <t>0031-0565</t>
   </si>
   <si>
     <t>1785438</t>
   </si>
   <si>
     <t>Pan-African Institute</t>
   </si>
   <si>
     <t>Bowdoin College Library</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/black-periodicals/pan-africanjournal-39916931</t>
   </si>
   <si>
     <t>1968 - 1976</t>
   </si>
   <si>
     <t>Black Times</t>
   </si>
@@ -730,97 +718,97 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{C88AEEAF-F3CA-4570-BD0F-2D407CADC2D6}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{B3C91E83-E1D4-4DB8-B61D-4078AEE55BE8}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="15">
     <queryTableFields count="14">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[2264291]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[2264294]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[2264300]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[2264301]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[2264302]" tableColumnId="6"/>
       <queryTableField id="7" name="Publisher[2264303]" tableColumnId="7"/>
       <queryTableField id="8" name="Frequency[2264304]" tableColumnId="8"/>
       <queryTableField id="9" name="Relation[2264305]" tableColumnId="9"/>
       <queryTableField id="10" name="Source Provided By[2264306]" tableColumnId="10"/>
       <queryTableField id="11" name="JSTOR URL" tableColumnId="11"/>
       <queryTableField id="12" name="Earliest Exact Date" tableColumnId="12"/>
       <queryTableField id="13" name="Latest Exact Date" tableColumnId="13"/>
       <queryTableField id="14" name="Coverage (Date Range)" tableColumnId="14"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{5ECC27E0-4262-4A36-9E19-A5D90E22ABAB}" name="title_list_139463" displayName="title_list_139463" ref="A1:N28" tableType="queryTable" totalsRowShown="0">
-[...2 lines deleted...]
-    <sortCondition ref="B1:B28"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{A0F6E4D2-9F7A-4DAA-A31F-108BEF9454B6}" name="title_list_139463" displayName="title_list_139463" ref="A1:N26" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:N26" xr:uid="{A0F6E4D2-9F7A-4DAA-A31F-108BEF9454B6}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N26">
+    <sortCondition ref="B1:B26"/>
   </sortState>
   <tableColumns count="14">
-    <tableColumn id="1" xr3:uid="{E3081C8C-08B8-463D-8CDF-BED3404255D5}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...12 lines deleted...]
-    <tableColumn id="14" xr3:uid="{D14118D2-4476-4ECE-A8BE-107F2C82B653}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{91AF1A9E-0179-47B1-A042-0D6C504EE814}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{2321E440-7FDF-44CC-922D-047AF6CF918E}" uniqueName="2" name="Name[2264291]" queryTableFieldId="2" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{92D8D99B-B58F-4830-BEDF-58F5C598B24A}" uniqueName="3" name="Resource Type[2264294]" queryTableFieldId="3" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{5C79A4A7-4AA7-4DBB-9854-7149055F09F5}" uniqueName="4" name="ISSN[2264300]" queryTableFieldId="4" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{8087DB2F-F042-4924-BB3B-0CFA58903CF2}" uniqueName="5" name="OCLC[2264301]" queryTableFieldId="5" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{C6A89B23-EED0-4ED0-BF34-3C7DD568D3DD}" uniqueName="6" name="Place of Publication[2264302]" queryTableFieldId="6" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{B3A3E86F-880D-46C4-B42C-BA5E7BD55E42}" uniqueName="7" name="Publisher[2264303]" queryTableFieldId="7" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{D0F493F2-370C-487A-9F28-90E3A28BAC65}" uniqueName="8" name="Frequency[2264304]" queryTableFieldId="8" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{4D69BB8A-FF27-474E-9210-942C6D957D58}" uniqueName="9" name="Relation[2264305]" queryTableFieldId="9" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{866401B0-5340-4941-90DD-D55C137234CF}" uniqueName="10" name="Source Provided By[2264306]" queryTableFieldId="10" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{81D180C9-5AE8-4C9B-8898-942146D1454B}" uniqueName="11" name="JSTOR URL" queryTableFieldId="11" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{BC878EB0-93E8-465F-A464-E65E91E0F6B7}" uniqueName="12" name="Earliest Exact Date" queryTableFieldId="12" dataDxfId="1"/>
+    <tableColumn id="13" xr3:uid="{70D0F896-A56A-4166-9225-5E29F516582B}" uniqueName="13" name="Latest Exact Date" queryTableFieldId="13" dataDxfId="0"/>
+    <tableColumn id="14" xr3:uid="{DFB90689-2DD1-4BE7-A7B7-6552FBE40C5A}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1102,52 +1090,52 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BDFC3FF7-BB05-4F49-B6C2-C0A78ADFA28D}">
-  <dimension ref="A1:N28"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD1E2E1F-65A2-4C84-9FF8-4FB31477CB5E}">
+  <dimension ref="A1:N26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="54.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="18.90625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="42.7265625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="53" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="22.08984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
@@ -1218,175 +1206,175 @@
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="1" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="2">
         <v>27030</v>
       </c>
       <c r="M2" s="2">
         <v>27150</v>
       </c>
       <c r="N2" s="1" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3">
         <v>39176710</v>
       </c>
       <c r="B3" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C3" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="H3" s="1" t="s">
         <v>115</v>
       </c>
-      <c r="C3" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="1" t="s">
+      <c r="I3" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="F3" s="1" t="s">
+      <c r="J3" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="G3" s="1" t="s">
+      <c r="K3" s="1" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>122</v>
       </c>
       <c r="L3" s="2">
         <v>26166</v>
       </c>
       <c r="M3" s="2">
         <v>27638</v>
       </c>
       <c r="N3" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4">
         <v>39499453</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="K4" s="1" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="L4" s="2">
         <v>13789</v>
       </c>
       <c r="M4" s="2">
         <v>17624</v>
       </c>
       <c r="N4" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5">
         <v>38613149</v>
       </c>
       <c r="B5" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C5" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E5" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="C5" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D5" s="1" t="s">
+      <c r="H5" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="K5" s="1" t="s">
         <v>147</v>
-      </c>
-[...19 lines deleted...]
-        <v>151</v>
       </c>
       <c r="L5" s="2">
         <v>-6034</v>
       </c>
       <c r="M5" s="2">
         <v>-5733</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6">
         <v>40038466</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>25</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="1" t="s">
@@ -1438,974 +1426,898 @@
       </c>
       <c r="I7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="L7" s="2">
         <v>26238</v>
       </c>
       <c r="M7" s="2">
         <v>26313</v>
       </c>
       <c r="N7" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8">
         <v>38624861</v>
       </c>
       <c r="B8" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>131</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E8" s="1" t="s">
+      <c r="I8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J8" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="F8" s="1" t="s">
+      <c r="K8" s="1" t="s">
         <v>133</v>
-      </c>
-[...13 lines deleted...]
-        <v>137</v>
       </c>
       <c r="L8" s="2">
         <v>6474</v>
       </c>
       <c r="M8" s="2">
         <v>28306</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9">
         <v>38601130</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="L9" s="2">
         <v>12389</v>
       </c>
       <c r="M9" s="2">
         <v>14397</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10">
         <v>40038468</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>36</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J10" s="1" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="1" t="s">
         <v>41</v>
       </c>
       <c r="L10" s="2">
         <v>21064</v>
       </c>
       <c r="M10" s="2">
         <v>31413</v>
       </c>
       <c r="N10" s="1" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11">
-        <v>40038449</v>
+        <v>35467187</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>56</v>
+        <v>174</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>16</v>
+        <v>176</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>16</v>
+        <v>177</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>16</v>
+        <v>178</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>16</v>
+        <v>179</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>57</v>
+        <v>180</v>
+      </c>
+      <c r="L11" s="2">
+        <v>25385</v>
+      </c>
+      <c r="M11" s="2">
+        <v>26115</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12">
-        <v>35467187</v>
+        <v>35464091</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J12" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="E12" s="1" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="K12" s="1" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="L12" s="2">
-        <v>25385</v>
+        <v>25934</v>
       </c>
       <c r="M12" s="2">
-        <v>26115</v>
+        <v>27760</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>185</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13">
-        <v>35464091</v>
+        <v>39731264</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>186</v>
+        <v>63</v>
       </c>
       <c r="C13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>187</v>
+        <v>64</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>188</v>
+        <v>65</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>189</v>
+        <v>66</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>190</v>
+        <v>67</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>191</v>
+        <v>19</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>183</v>
+        <v>60</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>192</v>
+        <v>68</v>
       </c>
       <c r="L13" s="2">
-        <v>25934</v>
+        <v>25948</v>
       </c>
       <c r="M13" s="2">
-        <v>27760</v>
+        <v>27973</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14">
-        <v>39731264</v>
+        <v>39723203</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="C14" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="L14" s="2">
-        <v>25948</v>
+        <v>9802</v>
       </c>
       <c r="M14" s="2">
-        <v>27973</v>
+        <v>9802</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15">
-        <v>39723203</v>
+        <v>39537279</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="L15" s="2">
-        <v>9802</v>
+        <v>28126</v>
       </c>
       <c r="M15" s="2">
-        <v>9802</v>
+        <v>29221</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16">
-        <v>39537279</v>
+        <v>39499454</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>81</v>
+        <v>16</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="L16" s="2">
-        <v>28126</v>
+        <v>6058</v>
       </c>
       <c r="M16" s="2">
-        <v>29221</v>
+        <v>9133</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17">
-        <v>39499454</v>
+        <v>40038469</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>95</v>
+        <v>43</v>
       </c>
       <c r="C17" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>96</v>
+        <v>44</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>98</v>
+        <v>45</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="L17" s="2">
-        <v>6058</v>
+        <v>25965</v>
       </c>
       <c r="M17" s="2">
-        <v>9133</v>
+        <v>26146</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>101</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18">
-        <v>40038469</v>
+        <v>39499455</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>45</v>
+        <v>101</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>46</v>
+        <v>102</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>47</v>
+        <v>103</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>48</v>
+        <v>104</v>
       </c>
       <c r="L18" s="2">
-        <v>25965</v>
+        <v>5789</v>
       </c>
       <c r="M18" s="2">
-        <v>26146</v>
+        <v>6515</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>49</v>
+        <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19">
-        <v>40038444</v>
+        <v>39499456</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>58</v>
+        <v>106</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>16</v>
+        <v>107</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>16</v>
+        <v>102</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>16</v>
+        <v>108</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>16</v>
+        <v>88</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>59</v>
+        <v>109</v>
+      </c>
+      <c r="L19" s="2">
+        <v>5145</v>
+      </c>
+      <c r="M19" s="2">
+        <v>5775</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>16</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20">
-        <v>39499455</v>
+        <v>38600773</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>102</v>
+        <v>163</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>103</v>
+        <v>164</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>105</v>
+        <v>165</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>106</v>
+        <v>54</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>108</v>
+        <v>166</v>
       </c>
       <c r="L20" s="2">
-        <v>5789</v>
+        <v>15432</v>
       </c>
       <c r="M20" s="2">
-        <v>6515</v>
+        <v>15676</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>109</v>
+        <v>167</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21">
-        <v>39499456</v>
+        <v>39916931</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>110</v>
+        <v>56</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>106</v>
+        <v>54</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>92</v>
+        <v>60</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="L21" s="2">
-        <v>5145</v>
+        <v>24929</v>
       </c>
       <c r="M21" s="2">
-        <v>5775</v>
+        <v>27760</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>114</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22">
-        <v>38600773</v>
+        <v>38598348</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>16</v>
+        <v>171</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="L22" s="2">
-        <v>15432</v>
+        <v>-16222</v>
       </c>
       <c r="M22" s="2">
-        <v>15676</v>
+        <v>-15004</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23">
-        <v>39916931</v>
+        <v>39176711</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>62</v>
+        <v>122</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>63</v>
+        <v>124</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>54</v>
+        <v>102</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>64</v>
+        <v>117</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>65</v>
+        <v>126</v>
       </c>
       <c r="L23" s="2">
-        <v>24929</v>
+        <v>26068</v>
       </c>
       <c r="M23" s="2">
-        <v>27760</v>
+        <v>26068</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>66</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24">
-        <v>38598348</v>
+        <v>38613148</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>172</v>
+        <v>135</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>16</v>
+        <v>136</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>173</v>
+        <v>137</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>174</v>
+        <v>139</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>175</v>
+        <v>16</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>176</v>
+        <v>140</v>
       </c>
       <c r="L24" s="2">
-        <v>-16222</v>
+        <v>28867</v>
       </c>
       <c r="M24" s="2">
-        <v>-15004</v>
+        <v>30694</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>177</v>
+        <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25">
-        <v>39176711</v>
+        <v>38601132</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>124</v>
+        <v>149</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>125</v>
+        <v>150</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>126</v>
+        <v>151</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>127</v>
+        <v>152</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>128</v>
+        <v>153</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>106</v>
+        <v>154</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>129</v>
+        <v>16</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>130</v>
+        <v>155</v>
       </c>
       <c r="L25" s="2">
-        <v>26068</v>
+        <v>16132</v>
       </c>
       <c r="M25" s="2">
-        <v>26068</v>
+        <v>28095</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>49</v>
+        <v>156</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26">
-        <v>38613148</v>
+        <v>40038470</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>139</v>
+        <v>50</v>
       </c>
       <c r="C26" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>140</v>
+        <v>16</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>141</v>
+        <v>51</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>142</v>
+        <v>52</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>143</v>
+        <v>53</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>135</v>
+        <v>54</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>144</v>
+        <v>55</v>
       </c>
       <c r="L26" s="2">
-        <v>28867</v>
+        <v>25934</v>
       </c>
       <c r="M26" s="2">
-        <v>30694</v>
+        <v>25934</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>145</v>
-[...86 lines deleted...]
-      <c r="N28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M I E A A B Q S w M E F A A C A A g A q I R B W 1 y V C z + k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L a D R k E 9 Z u J X E h G j c N r V C I 3 w M F M v d X H g k r y B G U X c u 5 8 1 b z N y v N 0 i H u v I u u u 1 M g w k J K C e e R t U c D B Y J 6 e 3 R X 5 J U w E a q k y y 0 N 8 r Y x U N 3 S E h p 7 T l m z D l H X U S b t m A h 5 w H b Z + t c l b q W 5 C O b / 7 J v s L M S l S Y C d q 8 x I q T B b E H n P K I c 2 A Q h M / g V w n H v s / 2 B s O o r 2 7 d a a P S 3 O b A p A n t / E A 9 Q S w M E F A A C A A g A q I R B W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A K i E Q V v 8 i X o q v A E A A I E D A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A C F k s t u m 0 A U h v e W / A 4 j s s E S Q b 4 Q p D R i 0 Y K j u r I c F 8 j K Z D G B E 3 u k u a Q z B z e W l X f P E I i S C q S y m Z n z f / r P h W O g R K Y k y d p z d j M e j U f m Q D V U 5 M J B h h w u O T N 4 O V t c B + H C I R H h g O M R s V + m a l 2 C j c T m 6 C e q r A V I d G 8 Z B z 9 W E u 3 D u E 7 8 r b g 3 o E 0 h V K m k V L p I 1 F / J F a 1 M g e K 5 6 K X w S 3 N 0 J t 4 u A c 4 E Q 9 C R 4 z k e i R W v h T T R L P D I U p a q Y n I f h V f T 6 c w j v 2 u F k O G J Q / R 5 9 T d K w s P E a 2 u 9 c L Z a C a t V 5 C f Q y h b U t J L T R w t 2 S h d 3 2 7 Y 8 s u v i 3 z n P S s q p N h H q + q t l f K B y b x 3 z 0 z N 8 2 u W a S v O k t G h L b k T j D u T 3 z m c n B y 3 I K r H 9 r S S G g d / A r x 4 5 O x s q Y D e f h 8 H 8 e v Z g Z b Q C Q X j B d z U F 0 8 6 + 4 T s s 6 G O r L N u 8 q 4 v p t K / e x e u 4 U w d S b D m 1 / u q J b O t H z k r a b E d H z w f o B j I H 0 B 2 y 6 C O 3 G v 7 U I M t T h w z U m w L / m u e q T 3 Q r Z 2 d 5 Z J W d 5 Y 8 P t 7 D P / s r y u 5 T c p + u e s q S a M z B I l i + 0 R J J Q h A + m s n d k o v 0 J a / v 4 P x W r I 2 i 6 B + I 2 C E m b n Z j 8 k / N 1 M h 4 x O b g 1 N 2 9 Q S w E C L Q A U A A I A C A C o h E F b X J U L P 6 Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A q I R B W w / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A C o h E F b / I l 6 K r w B A A C B A w A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A D q A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 7 X E g A A A A A A A L U S A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n N k M z A z Y T M x Y i 0 w N D I y L T R i Y j E t Y m E 5 M y 0 w O G J k N D I x Y z N k N m Y i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d G l 0 b G V f b G l z d F 8 x M z k 0 N j M i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M z E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M T A t M D F U M j A 6 M z c 6 M T Y u N T Y w N T g w N l o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 1 l H Q m d Z R 0 J n W U d C Z 1 l I Q n d Z P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t U Z X J t I E l E J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 h b W V b M j I 2 N D I 5 M V 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M j k 0 X S Z x d W 9 0 O y w m c X V v d D t J U 1 N O W z I y N j Q z M D B d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 D T E N b M j I 2 N D M w M V 0 m c X V v d D s s J n F 1 b 3 Q 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M w M l 0 m c X V v d D s s J n F 1 b 3 Q 7 U H V i b G l z a G V y W z I y N j Q z M D N d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z A 0 X S Z x d W 9 0 O y w m c X V v d D t S Z W x h d G l v b l s y M j Y 0 M z A 1 X S Z x d W 9 0 O y w m c X V v d D t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M w N l 0 m c X V v d D s s J n F 1 b 3 Q 7 S l N U T 1 I g V V J M J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s y M j Y 0 M j k x X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z I y N j Q y O T R d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M j I 2 N D M w M F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s y M j Y 0 M z A x X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j Y 0 M z A y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M j I 2 N D M w M 1 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z I y N j Q z M D R d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z I y N j Q z M D V d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j Y 0 M z A 2 X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M j I 2 N D I 5 M V 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M j k 0 X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z I y N j Q z M D B d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M j I 2 N D M w M V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M w M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z I y N j Q z M D N d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z A 0 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s y M j Y 0 M z A 1 X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M w N l 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v U H J v b W 9 0 Z W Q l M j B I Z W F k Z X J z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q 2 h h b m d l Z C U y M F R 5 c G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A E 9 T 6 A 1 X c t E S A O o W j d Z / q k w A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A C x L f P C S K M 2 f u A G F C T + 4 u G R I k c C C 7 Q H L f c 6 l k 4 N m C + 3 a w A A A A A O g A A A A A I A A C A A A A D q P H O F u z W I 4 / 1 Q O S a 4 p T q h b m W + G Y K C u n A a M B d P 2 / B J m V A A A A A Z G l v + 8 o o C u k X l d z n M E d F S J H v C O c m T G q b u b 7 8 W c K y z b s j v v y k i S p 5 1 t D X B h Z S Q p b U D 6 u h J 6 k r 1 u / m m y I / H 5 h V + b i o 4 A d N K s D i m I e g A o V K u r U A A A A A Z L H 0 N S z h Y B c S T u P 5 8 6 x Y E I U M q A 8 u t a R t 2 3 k 2 6 t x h 4 w U F l q b G 6 8 F 8 + G 1 M s T n g X 2 j J + i u J s F G v i G j X s 6 2 B U k X i R < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M E E A A B Q S w M E F A A C A A g A 4 4 K B W / l h B / S j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L e h A y K M M r p K Y E I 1 r U y o 2 w s P Q Y v k 3 B z / J X x C j q J v j P f c M 9 9 6 v N 8 j H t g k u u r e m w 4 x E l J N A o + o q g 3 V G B n c I E 5 I L 2 E h 1 k r U O J h l t O t o q I 0 f n z i l j 3 n v q F 7 T r a x Z z H r F 9 s S 7 V U b e S f G T z X w 4 N W i d R a S J g 9 x o j Y h o t E x r z a R O w G U J h 8 C v E U / d s f y C s h s Y N v R Y a w 2 0 J b I 7 A 3 h / E A 1 B L A w Q U A A I A C A D j g o F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A 4 4 K B W / y J e i q 8 A Q A A g Q M A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A I W S y 2 6 b Q B S G 9 5 b 8 D i O y w R J B v h C k N G L R g q O 6 s h w X y M p k M Y E T e 6 S 5 p D M H N 5 a V d 8 8 Q i J I K p L K Z m f N / + s + F Y 6 B E p i T J 2 n N 2 M x 6 N R + Z A N V T k w k G G H C 4 5 M 3 g 5 W 1 w H 4 c I h E e G A 4 x G x X 6 Z q X Y K N x O b o J 6 q s B U h 0 b x k H P 1 Y S 7 c O 4 T v y t u D e g T S F U q a R U u k j U X 8 k V r U y B 4 r n o p f B L c 3 Q m 3 i 4 B z g R D 0 J H j O R 6 J F a + F N N E s 8 M h S l q p i c h + F V 9 P p z C O / a 4 W Q 4 Y l D 9 H n 1 N 0 r C w 8 R r a 7 1 w t l o J q 1 X k J 9 D K F t S 0 k t N H C 3 Z K F 3 f b t j y y 6 + L f O c 9 K y q k 2 E e r 6 q 2 V 8 o H J v H f P T M 3 z a 5 Z p K 8 6 S 0 a E t u R O M O 5 P f O Z y c H L c g q s f 2 t J I a B 3 8 C v H j k 7 G y p g N 5 + H w f x 6 9 m B l t A J B e M F 3 N Q X T z r 7 h O y z o Y 6 s s 2 7 y r i + m 0 r 9 7 F 6 7 h T B 1 J s O b X + 6 o l s 6 0 f O S t p s R 0 f P B + g G M g f Q H b L o I 7 c a / t Q g y 1 O H D N S b A v + a 5 6 p P d C t n Z 3 l k l Z 3 l j w + 3 s M / + y v K 7 l N y n 6 5 6 y p J o z M E i W L 7 R E k l C E D 6 a y d 2 S i / Q l r + / g / F a s j a L o H 4 j Y I S Z u d m P y T 8 3 U y H j E 5 u D U 3 b 1 B L A Q I t A B Q A A g A I A O O C g V v 5 Y Q f 0 o w A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D j g o F b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D v A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A O O C g V v 8 i X o q v A E A A I E D A A A T A A A A A A A A A A A A A A A A A O A B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A O k D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P t c S A A A A A A A A t R I A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 M 2 Z G I 3 N 2 Z j L T A 3 O D E t N G I 0 N i 0 4 N z N m L W R h O W Q z M W E z N j c z Y S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N 0 a X R s Z V 9 s a X N 0 X z E z O T Q 2 M y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w y N S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N S 0 x M i 0 w M V Q y M T o y M z o w N y 4 x N z E z N j Q 3 W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 F 3 W U d C Z 1 l H Q m d Z R 0 J n W U h C d 1 k 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 R l c m 0 g S U Q m c X V v d D s s J n F 1 b 3 Q 7 T m F t Z V s y M j Y 0 M j k x X S Z x d W 9 0 O y w m c X V v d D t S Z X N v d X J j Z S B U e X B l W z I y N j Q y O T R d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l T U 0 5 b M j I 2 N D M w M F 0 m c X V v d D s s J n F 1 b 3 Q 7 T 0 N M Q 1 s y M j Y 0 M z A x X S Z x d W 9 0 O y w m c X V v d D t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j Y 0 M z A y X S Z x d W 9 0 O y w m c X V v d D t Q d W J s a X N o Z X J b M j I 2 N D M w M 1 0 m c X V v d D s s J n F 1 b 3 Q 7 R n J l c X V l b m N 5 W z I y N j Q z M D R d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u W z I y N j Q z M D V d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j Y 0 M z A 2 X S Z x d W 9 0 O y w m c X V v d D t K U 1 R P U i B V U k w m c X V v d D s s J n F 1 b 3 Q 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z I y N j Q y O T F d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M j I 2 N D I 5 N F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s y M j Y 0 M z A w X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z I y N j Q z M D F d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y N j Q z M D J d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s y M j Y 0 M z A z X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M j I 2 N D M w N F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M j I 2 N D M w N V 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y N j Q z M D Z d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s y M j Y 0 M j k x X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z I y N j Q y O T R d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M j I 2 N D M w M F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s y M j Y 0 M z A x X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j Y 0 M z A y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M j I 2 N D M w M 1 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z I y N j Q z M D R d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z I y N j Q z M D V d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j Y 0 M z A 2 X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y z L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 Q c m 9 t b 3 R l Z C U y M E h l Y W R l c n M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 M y 9 D a G F u Z 2 V k J T I w V H l w Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D A e m V m m X L z Q 6 8 J A 7 r L G I z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A E 0 L q c p m s r Z j 1 x p I L g G N T S b L b c n C x T + J T + S J M u I M j 2 k l A A A A A A 6 A A A A A A g A A I A A A A C Q 2 G E / 4 H A j n G t q U C f F G P g x 4 l F T d I h m j 3 7 f p F r J c u v l a U A A A A F U t f J o f + Y D F C A O r v S Q 6 l w + J v I 4 H g K w D Q e u 9 U i i R 4 Q 9 o L y V l G E d n 3 r u g g J j / 1 B r U F F x U u k d t J p n G w k q T g e f H R + U S P u 6 c m d + b I 0 w h O 6 J k B N P M Q A A A A G I E J + 2 E v K e 1 l i L 0 x 0 y R n U F + S N K o y G M 7 p Y g B 1 / S + 1 q V 2 2 z F Y 1 y Y m E 1 3 c 6 Z X h 9 E F R R + p 3 S H 7 x + Q S d V I D V 5 Y P v t w 4 = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB57DCFB-C3F2-4E66-B8A2-601F16287238}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71346B5D-3D97-466D-90B9-963C7E47B707}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-139463</vt:lpstr>
     </vt:vector>