--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,179 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C7A69387-2333-4840-AB5A-7369CF285C5C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{46A4B234-C4C8-4969-AD2A-D48E9F3BEBE3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="13950" windowWidth="25600" windowHeight="14130" xr2:uid="{E295491D-C907-49A3-9DF8-3E62476D8149}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{59168968-BB4B-4E81-B588-7F379FEB4584}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-110258" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-110258'!$A$1:$N$129</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-110258'!$A$1:$N$157</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{B5741955-417D-406A-B19C-0B776E951C44}" keepAlive="1" name="Query - title-list-110258" description="Connection to the 'title-list-110258' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{1A1086C1-0325-4AF8-A706-6D92A8157F12}" keepAlive="1" name="Query - title-list-110258" description="Connection to the 'title-list-110258' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-110258;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-110258]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1422" uniqueCount="331">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1730" uniqueCount="396">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[2079106]</t>
   </si>
   <si>
     <t>Resource Type[2079109]</t>
   </si>
   <si>
     <t>ISSN[2233536]</t>
   </si>
   <si>
     <t>OCLC[2233537]</t>
   </si>
   <si>
     <t>Place of Publication[2233538]</t>
   </si>
   <si>
     <t>Publisher[2233539]</t>
   </si>
   <si>
     <t>Frequency[2233540]</t>
   </si>
   <si>
     <t>Relation[2233541]</t>
   </si>
   <si>
     <t>Source Provided By[2233542]</t>
   </si>
   <si>
     <t>JSTOR URL</t>
   </si>
   <si>
     <t>Earliest Exact Date</t>
   </si>
   <si>
     <t>Latest Exact Date</t>
   </si>
   <si>
     <t>Coverage (Date Range)</t>
   </si>
   <si>
+    <t/>
+  </si>
+  <si>
+    <t>Twenty-nine original photo collages for REWIND: Memories on Repeat</t>
+  </si>
+  <si>
+    <t>Images</t>
+  </si>
+  <si>
+    <t>The Lesbian, Gay, Bisexual &amp; Transgender Community Center Archives</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/twenty-nineoriginalphotocollagesforrewindmemoriesonrepeat-41163959</t>
+  </si>
+  <si>
+    <t>1978 - 1993</t>
+  </si>
+  <si>
+    <t>REWIND: Memories on Repeat (Artist Book)</t>
+  </si>
+  <si>
+    <t>Documents</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/rewindmemoriesonrepeatartistbook-41163958</t>
+  </si>
+  <si>
+    <t>Cells</t>
+  </si>
+  <si>
+    <t>Daniel R. Ostrow, Executor of the Estate and Custodian of the Ed Aulerich-Sugai Collection and Archive</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/cells-41085946</t>
+  </si>
+  <si>
+    <t>Cells Tracings (Process Work)</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/cellstracingsprocesswork-41085947</t>
+  </si>
+  <si>
+    <t>Daniel R. Ostrow's Address to the International AIDS Social Work Conference - 1993</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/danielrostrowsaddresstotheinternationalaidssocialworkconference-1993-41085948</t>
+  </si>
+  <si>
+    <t>Earliest Work</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/earliestwork-41085949</t>
+  </si>
+  <si>
+    <t>Figure Studies Tracings (Process Work)</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/figurestudiestracingsprocesswork-41085950</t>
+  </si>
+  <si>
+    <t>Figures 1990-1991</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/figures1990-1991-41085951</t>
+  </si>
+  <si>
+    <t>Figures 1993</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/figures1993-41085952</t>
+  </si>
+  <si>
+    <t>Fish Sculptures</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/fishsculptures-41085953</t>
+  </si>
+  <si>
+    <t>Fish Vertebrae</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/fishvertebrae-41085954</t>
+  </si>
+  <si>
+    <t>Flowers</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/flowers-41085955</t>
+  </si>
+  <si>
+    <t>Ghosts &amp; Demons</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/ghostsdemons-41085956</t>
+  </si>
+  <si>
+    <t>Julian</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/julian-41085957</t>
+  </si>
+  <si>
+    <t>Julian Tracings (Process Work)</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/juliantracingsprocesswork-41085958</t>
+  </si>
+  <si>
+    <t>Meditations</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/meditations-41085959</t>
+  </si>
+  <si>
+    <t>Power in Storage: Samurai Masks and Helmets</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/powerinstoragesamuraimasksandhelmets-41085960</t>
+  </si>
+  <si>
+    <t>Science - Human Wrist</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/science-humanwrist-41085961</t>
+  </si>
+  <si>
+    <t>MoMA and Day Without Art: November 1988-February 1989</t>
+  </si>
+  <si>
+    <t>Visual AIDS</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/momaanddaywithoutartnovember1988-february1989-41079858</t>
+  </si>
+  <si>
+    <t>1988 - 1989</t>
+  </si>
+  <si>
+    <t>MoMA and Day Without Art: March-August 1989</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/momaanddaywithoutartmarch-august1989-41079859</t>
+  </si>
+  <si>
+    <t>MoMA and Day Without Art: September-October 1989</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/momaanddaywithoutartseptember-october1989-41079860</t>
+  </si>
+  <si>
+    <t>1988 - 1990</t>
+  </si>
+  <si>
+    <t>MoMA and Day Without Art: November-December 1989</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/momaanddaywithoutartnovember-december1989-41079861</t>
+  </si>
+  <si>
+    <t>MoMA and Day Without Art: 1990</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/momaanddaywithoutart1990-41079862</t>
+  </si>
+  <si>
+    <t>1990 - 1990</t>
+  </si>
+  <si>
+    <t>Visual AIDS Papers: 1988-1989</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/visualaidspapers1988-1989-41079863</t>
+  </si>
+  <si>
+    <t>Visual AIDS Papers: 1990</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/visualaidspapers1990-41079864</t>
+  </si>
+  <si>
+    <t>Visual AIDS Papers: January-April 1991</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/visualaidspapersjanuary-april1991-41079865</t>
+  </si>
+  <si>
+    <t>1989 - 1995</t>
+  </si>
+  <si>
+    <t>Visual AIDS Papers: May-December 1991</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/visualaidspapersmay-december1991-41079866</t>
+  </si>
+  <si>
+    <t>1989 - 1991</t>
+  </si>
+  <si>
+    <t>Visual AIDS Papers: 1992-1994</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/visualaidspapers1992-1994-41079867</t>
+  </si>
+  <si>
+    <t>1991 - 1994</t>
+  </si>
+  <si>
     <t>AIDS Quilt on the National Mall (Washington, DC), 1992</t>
   </si>
   <si>
     <t>Photographs</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>Smithsonian National Museum of American History Archives Center</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/aidsquiltonthenationalmallwashingtondc1992-39284097</t>
   </si>
   <si>
     <t>1992 - 1992</t>
   </si>
   <si>
     <t>AIDS Quilt on the National Mall (Washington, DC), 1987</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/aidsquiltonthenationalmallwashingtondc1987-39284072</t>
   </si>
   <si>
     <t>1987 - 1987</t>
   </si>
   <si>
     <t>Whitman Walker Clinic AIDS Program Fundraisers</t>
   </si>
   <si>
-    <t>Documents</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/whitmanwalkerclinicaidsprogramfundraisers-39252787</t>
   </si>
   <si>
-    <t>1988 - 1990</t>
-[...1 lines deleted...]
-  <si>
     <t>Transcripts of Interviews</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/transcriptsofinterviews-39252786</t>
   </si>
   <si>
     <t>1995 - 1996</t>
   </si>
   <si>
     <t>"Movement Against AIDS"</t>
   </si>
   <si>
     <t>Museum of Performance + Design</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/movementagainstaids-39203711</t>
   </si>
   <si>
     <t>Halprin Process Materials</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/halprinprocessmaterials-39203712</t>
   </si>
   <si>
     <t>Positive Motion Workshop</t>
@@ -569,53 +767,50 @@
     <t>Theater Programs - Theatre Rhinoceros</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/theaterprograms-theatrerhinoceros-36624328</t>
   </si>
   <si>
     <t>Theater Flyers - Theatre Rhinoceros</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/theaterflyers-theatrerhinoceros-36624329</t>
   </si>
   <si>
     <t>Theater Flyers - Other Theaters &amp; Events</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/theaterflyers-othertheatersevents-36624330</t>
   </si>
   <si>
     <t>Press Releases</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/pressreleases-36624331</t>
   </si>
   <si>
     <t>Buttons</t>
-  </si>
-[...1 lines deleted...]
-    <t>Images</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/buttons-36624332</t>
   </si>
   <si>
     <t>Incoming Correspondence, 1945-1997</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/incomingcorrespondence1945-1997-36401881</t>
   </si>
   <si>
     <t>1945 - 1945</t>
   </si>
   <si>
     <t>The A.I.D.S. Show, 1984-2001</t>
   </si>
   <si>
     <t>Images|Documents</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/hiv-aids-the-arts/theaidsshow1984-2001-36401882</t>
   </si>
   <si>
     <t>1984 - 1984</t>
   </si>
@@ -1144,97 +1339,97 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{4D2F5298-3345-438C-9C75-A525B5D9D6DE}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{8D300FBD-7613-459C-A33E-65587D1B27CD}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="15">
     <queryTableFields count="14">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[2079106]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[2079109]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[2233536]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[2233537]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[2233538]" tableColumnId="6"/>
       <queryTableField id="7" name="Publisher[2233539]" tableColumnId="7"/>
       <queryTableField id="8" name="Frequency[2233540]" tableColumnId="8"/>
       <queryTableField id="9" name="Relation[2233541]" tableColumnId="9"/>
       <queryTableField id="10" name="Source Provided By[2233542]" tableColumnId="10"/>
       <queryTableField id="11" name="JSTOR URL" tableColumnId="11"/>
       <queryTableField id="12" name="Earliest Exact Date" tableColumnId="12"/>
       <queryTableField id="13" name="Latest Exact Date" tableColumnId="13"/>
       <queryTableField id="14" name="Coverage (Date Range)" tableColumnId="14"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{D7A10FD1-9532-4B18-ADA6-704A72A06273}" name="title_list_110258" displayName="title_list_110258" ref="A1:N129" tableType="queryTable" totalsRowShown="0">
-[...2 lines deleted...]
-    <sortCondition ref="B1:B129"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{3BC0B0EA-4971-4F00-B0C3-43CDEF1AF146}" name="title_list_110258" displayName="title_list_110258" ref="A1:N157" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:N157" xr:uid="{3BC0B0EA-4971-4F00-B0C3-43CDEF1AF146}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N157">
+    <sortCondition ref="B1:B157"/>
   </sortState>
   <tableColumns count="14">
-    <tableColumn id="1" xr3:uid="{044C43A7-7199-4EE9-B625-646926F45D34}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...12 lines deleted...]
-    <tableColumn id="14" xr3:uid="{0BB95B54-CD5D-4A80-88A9-31623AD4D590}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{88F04028-F040-4FE4-9685-473306B34A3E}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{BA213206-4A76-4EC8-A080-7F63C3568C09}" uniqueName="2" name="Name[2079106]" queryTableFieldId="2" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{C0CE8DF5-7023-4A17-B977-2DBE538F5782}" uniqueName="3" name="Resource Type[2079109]" queryTableFieldId="3" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{A0CE4D21-E2D5-480D-A672-1B644A00EFAE}" uniqueName="4" name="ISSN[2233536]" queryTableFieldId="4" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{BBF8984F-1B9B-470C-8784-EE0024E1EE34}" uniqueName="5" name="OCLC[2233537]" queryTableFieldId="5" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{592A6A10-03E5-48C1-ADD7-4DE3735D5F49}" uniqueName="6" name="Place of Publication[2233538]" queryTableFieldId="6" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{FA2EAD89-931C-429F-8884-8B756E01C024}" uniqueName="7" name="Publisher[2233539]" queryTableFieldId="7" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{DEF8001E-7530-43C7-93E7-64149B7D6D0E}" uniqueName="8" name="Frequency[2233540]" queryTableFieldId="8" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{B9642A17-03B2-4907-8029-3011DC1E198B}" uniqueName="9" name="Relation[2233541]" queryTableFieldId="9" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{03A194BD-AA2C-42EC-AC36-A9E82F83E997}" uniqueName="10" name="Source Provided By[2233542]" queryTableFieldId="10" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{C7BAE279-FD16-483C-A46A-7F167D889DAE}" uniqueName="11" name="JSTOR URL" queryTableFieldId="11" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{211EB8B0-0181-48C8-936D-F5FFA46C41D0}" uniqueName="12" name="Earliest Exact Date" queryTableFieldId="12" dataDxfId="1"/>
+    <tableColumn id="13" xr3:uid="{4734E115-EBC5-4723-B9CB-EF9F57091E45}" uniqueName="13" name="Latest Exact Date" queryTableFieldId="13" dataDxfId="0"/>
+    <tableColumn id="14" xr3:uid="{B91D06A5-BCF9-414F-9DCE-6EFE2A9C575F}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1516,68 +1711,67 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7A992965-5206-4929-94E5-F1216B30BFBB}">
-  <dimension ref="A1:N129"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{53D5B05E-4401-4C8E-B59C-6867F858020F}">
+  <dimension ref="A1:N157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="79.54296875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="19.54296875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="20.36328125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="18.453125" bestFit="1" customWidth="1"/>
-    <col min="10" max="10" width="55.54296875" bestFit="1" customWidth="1"/>
-    <col min="11" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
+    <col min="10" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="22.08984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1588,5436 +1782,6566 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A2">
         <v>34928127</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>329</v>
+        <v>394</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>321</v>
+        <v>386</v>
       </c>
       <c r="D2" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E2" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H2" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I2" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>317</v>
+        <v>382</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>330</v>
+        <v>395</v>
       </c>
       <c r="L2" s="2">
         <v>25934</v>
       </c>
       <c r="M2" s="2">
         <v>25934</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>328</v>
+        <v>393</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3">
         <v>34928124</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>320</v>
+        <v>385</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>321</v>
+        <v>386</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F3" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H3" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>317</v>
+        <v>382</v>
       </c>
       <c r="K3" s="1" t="s">
-        <v>322</v>
+        <v>387</v>
       </c>
       <c r="L3" s="2">
         <v>24838</v>
       </c>
       <c r="M3" s="2">
         <v>24838</v>
       </c>
       <c r="N3" s="1" t="s">
-        <v>323</v>
+        <v>388</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4">
         <v>34928125</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>324</v>
+        <v>389</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>321</v>
+        <v>386</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>317</v>
+        <v>382</v>
       </c>
       <c r="K4" s="1" t="s">
-        <v>325</v>
+        <v>390</v>
       </c>
       <c r="L4" s="2">
         <v>24838</v>
       </c>
       <c r="M4" s="2">
         <v>24838</v>
       </c>
       <c r="N4" s="1" t="s">
-        <v>323</v>
+        <v>388</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5">
         <v>39203711</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>30</v>
+        <v>96</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>31</v>
+        <v>97</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>32</v>
+        <v>98</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6">
         <v>34928123</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>315</v>
+        <v>380</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>316</v>
+        <v>381</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>317</v>
+        <v>382</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>318</v>
+        <v>383</v>
       </c>
       <c r="L6" s="2">
         <v>27395</v>
       </c>
       <c r="M6" s="2">
         <v>27395</v>
       </c>
       <c r="N6" s="1" t="s">
-        <v>319</v>
+        <v>384</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7">
         <v>36737546</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>134</v>
+        <v>200</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>135</v>
+        <v>201</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>136</v>
+        <v>202</v>
       </c>
       <c r="L7" s="2">
         <v>32509</v>
       </c>
       <c r="M7" s="2">
         <v>32509</v>
       </c>
       <c r="N7" s="1" t="s">
-        <v>137</v>
+        <v>203</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8">
         <v>36737547</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>138</v>
+        <v>204</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>135</v>
+        <v>201</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>139</v>
+        <v>205</v>
       </c>
       <c r="L8" s="2">
         <v>33604</v>
       </c>
       <c r="M8" s="2">
         <v>33604</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9">
         <v>36737548</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>140</v>
+        <v>206</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>135</v>
+        <v>201</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>141</v>
+        <v>207</v>
       </c>
       <c r="L9" s="2">
         <v>34335</v>
       </c>
       <c r="M9" s="2">
         <v>34335</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>142</v>
+        <v>208</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10">
         <v>36737549</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>143</v>
+        <v>209</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>135</v>
+        <v>201</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>144</v>
+        <v>210</v>
       </c>
       <c r="L10" s="2">
         <v>35431</v>
       </c>
       <c r="M10" s="2">
         <v>35431</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>145</v>
+        <v>211</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11">
         <v>36737550</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>146</v>
+        <v>212</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>135</v>
+        <v>201</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>147</v>
+        <v>213</v>
       </c>
       <c r="L11" s="2">
         <v>36526</v>
       </c>
       <c r="M11" s="2">
         <v>36526</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>148</v>
+        <v>214</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12">
         <v>39284072</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>20</v>
+        <v>88</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="L12" s="2">
         <v>32061</v>
       </c>
       <c r="M12" s="2">
         <v>32061</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>22</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13">
         <v>39284097</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>18</v>
+        <v>86</v>
       </c>
       <c r="L13" s="2">
         <v>33604</v>
       </c>
       <c r="M13" s="2">
         <v>33604</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>19</v>
+        <v>87</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14">
         <v>39201380</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>47</v>
+        <v>113</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>48</v>
+        <v>114</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>50</v>
+        <v>116</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15">
         <v>39201381</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>51</v>
+        <v>117</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>52</v>
+        <v>118</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16">
         <v>39201382</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>54</v>
+        <v>120</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>55</v>
+        <v>121</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>56</v>
+        <v>122</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17">
         <v>39201383</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>57</v>
+        <v>123</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>58</v>
+        <v>124</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>59</v>
+        <v>125</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18">
         <v>39201384</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>60</v>
+        <v>126</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>58</v>
+        <v>124</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>61</v>
+        <v>127</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19">
         <v>39201385</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>62</v>
+        <v>128</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>63</v>
+        <v>129</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>64</v>
+        <v>130</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20">
         <v>39201386</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>65</v>
+        <v>131</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>55</v>
+        <v>121</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>66</v>
+        <v>132</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21">
         <v>39201387</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>67</v>
+        <v>133</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>68</v>
+        <v>134</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>69</v>
+        <v>135</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22">
         <v>39201388</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>70</v>
+        <v>136</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>55</v>
+        <v>121</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>71</v>
+        <v>137</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23">
         <v>39201389</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>72</v>
+        <v>138</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>73</v>
+        <v>139</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>74</v>
+        <v>140</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24">
         <v>39201390</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>75</v>
+        <v>141</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>76</v>
+        <v>142</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25">
         <v>39201391</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>78</v>
+        <v>144</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>80</v>
+        <v>146</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26">
         <v>39201392</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>81</v>
+        <v>147</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>82</v>
+        <v>148</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>83</v>
+        <v>149</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A27">
         <v>39201393</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>84</v>
+        <v>150</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>85</v>
+        <v>151</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K27" s="1" t="s">
-        <v>86</v>
+        <v>152</v>
       </c>
       <c r="N27" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A28">
         <v>39201394</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>87</v>
+        <v>153</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>88</v>
+        <v>154</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K28" s="1" t="s">
-        <v>89</v>
+        <v>155</v>
       </c>
       <c r="N28" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A29">
         <v>39201395</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>90</v>
+        <v>156</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>91</v>
+        <v>157</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K29" s="1" t="s">
-        <v>92</v>
+        <v>158</v>
       </c>
       <c r="N29" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A30">
         <v>39201396</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>93</v>
+        <v>159</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>79</v>
+        <v>145</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K30" s="1" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
       <c r="N30" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A31">
         <v>39201397</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>95</v>
+        <v>161</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>91</v>
+        <v>157</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K31" s="1" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A32">
         <v>39201398</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>97</v>
+        <v>163</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>98</v>
+        <v>164</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K32" s="1" t="s">
-        <v>99</v>
+        <v>165</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A33">
         <v>39201399</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>100</v>
+        <v>166</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>55</v>
+        <v>121</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K33" s="1" t="s">
-        <v>101</v>
+        <v>167</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A34">
         <v>39201400</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>102</v>
+        <v>168</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>104</v>
+        <v>170</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A35">
         <v>39201401</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>105</v>
+        <v>171</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>106</v>
+        <v>172</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K35" s="1" t="s">
-        <v>107</v>
+        <v>173</v>
       </c>
       <c r="N35" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A36">
         <v>39201402</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>108</v>
+        <v>174</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>109</v>
+        <v>175</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>110</v>
+        <v>176</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A37">
         <v>39201403</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>111</v>
+        <v>177</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>106</v>
+        <v>172</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K37" s="1" t="s">
-        <v>112</v>
+        <v>178</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A38">
         <v>39201404</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>113</v>
+        <v>179</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>114</v>
+        <v>180</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>115</v>
+        <v>181</v>
       </c>
       <c r="N38" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A39">
         <v>39201405</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>116</v>
+        <v>182</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>55</v>
+        <v>121</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K39" s="1" t="s">
-        <v>117</v>
+        <v>183</v>
       </c>
       <c r="N39" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A40">
         <v>39201406</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>118</v>
+        <v>184</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>119</v>
+        <v>185</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>120</v>
+        <v>186</v>
       </c>
       <c r="N40" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A41">
         <v>39201407</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>121</v>
+        <v>187</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>122</v>
+        <v>188</v>
       </c>
       <c r="N41" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A42">
         <v>39201408</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>123</v>
+        <v>189</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>124</v>
+        <v>190</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K42" s="1" t="s">
-        <v>125</v>
+        <v>191</v>
       </c>
       <c r="N42" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A43">
         <v>39201409</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>126</v>
+        <v>192</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>55</v>
+        <v>121</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K43" s="1" t="s">
-        <v>127</v>
+        <v>193</v>
       </c>
       <c r="N43" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A44">
         <v>39201410</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>128</v>
+        <v>194</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>129</v>
+        <v>195</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K44" s="1" t="s">
-        <v>130</v>
+        <v>196</v>
       </c>
       <c r="N44" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A45">
         <v>39201411</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>131</v>
+        <v>197</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>132</v>
+        <v>198</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="K45" s="1" t="s">
-        <v>133</v>
+        <v>199</v>
       </c>
       <c r="N45" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A46">
         <v>36624326</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>161</v>
+        <v>227</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K46" s="1" t="s">
-        <v>162</v>
+        <v>228</v>
       </c>
       <c r="L46" s="2">
         <v>28126</v>
       </c>
       <c r="M46" s="2">
         <v>28126</v>
       </c>
       <c r="N46" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A47">
         <v>36401883</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>183</v>
+        <v>248</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K47" s="1" t="s">
-        <v>184</v>
+        <v>249</v>
       </c>
       <c r="L47" s="2">
         <v>30317</v>
       </c>
       <c r="M47" s="2">
         <v>30317</v>
       </c>
       <c r="N47" s="1" t="s">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A48">
         <v>36401898</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>220</v>
+        <v>285</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K48" s="1" t="s">
-        <v>221</v>
+        <v>286</v>
       </c>
       <c r="L48" s="2">
         <v>32509</v>
       </c>
       <c r="M48" s="2">
         <v>32509</v>
       </c>
       <c r="N48" s="1" t="s">
-        <v>137</v>
+        <v>203</v>
       </c>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A49">
         <v>36401899</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>222</v>
+        <v>287</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K49" s="1" t="s">
-        <v>223</v>
+        <v>288</v>
       </c>
       <c r="N49" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A50">
         <v>36401900</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>224</v>
+        <v>289</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K50" s="1" t="s">
-        <v>225</v>
+        <v>290</v>
       </c>
       <c r="L50" s="2">
         <v>30682</v>
       </c>
       <c r="M50" s="2">
         <v>30682</v>
       </c>
       <c r="N50" s="1" t="s">
-        <v>182</v>
+        <v>247</v>
       </c>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A51">
         <v>36624332</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>173</v>
+        <v>239</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>174</v>
+        <v>16</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K51" s="1" t="s">
-        <v>175</v>
+        <v>240</v>
       </c>
       <c r="L51" s="2">
         <v>28126</v>
       </c>
       <c r="M51" s="2">
         <v>28126</v>
       </c>
       <c r="N51" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A52">
         <v>36190274</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>273</v>
+        <v>338</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E52" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K52" s="1" t="s">
-        <v>274</v>
+        <v>339</v>
       </c>
       <c r="L52" s="2">
         <v>28126</v>
       </c>
       <c r="M52" s="2">
         <v>28126</v>
       </c>
       <c r="N52" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A53">
-        <v>36190289</v>
+        <v>41085946</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>303</v>
+        <v>23</v>
       </c>
       <c r="C53" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J53" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D53" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K53" s="1" t="s">
-        <v>304</v>
-[...5 lines deleted...]
-        <v>28126</v>
+        <v>25</v>
       </c>
       <c r="N53" s="1" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A54">
-        <v>36190286</v>
+        <v>41085947</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>297</v>
+        <v>26</v>
       </c>
       <c r="C54" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J54" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D54" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K54" s="1" t="s">
-        <v>298</v>
-[...5 lines deleted...]
-        <v>28126</v>
+        <v>27</v>
       </c>
       <c r="N54" s="1" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A55">
-        <v>36190276</v>
+        <v>36190289</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>277</v>
+        <v>368</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K55" s="1" t="s">
-        <v>278</v>
+        <v>369</v>
       </c>
       <c r="L55" s="2">
         <v>28126</v>
       </c>
       <c r="M55" s="2">
         <v>28126</v>
       </c>
       <c r="N55" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A56">
-        <v>36190272</v>
+        <v>41085948</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>269</v>
+        <v>28</v>
       </c>
       <c r="C56" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J56" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D56" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K56" s="1" t="s">
-        <v>270</v>
-[...5 lines deleted...]
-        <v>29952</v>
+        <v>29</v>
       </c>
       <c r="N56" s="1" t="s">
-        <v>217</v>
+        <v>14</v>
       </c>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A57">
-        <v>36401885</v>
+        <v>36190286</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>189</v>
+        <v>362</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K57" s="1" t="s">
-        <v>190</v>
+        <v>363</v>
       </c>
       <c r="L57" s="2">
-        <v>33239</v>
+        <v>28126</v>
       </c>
       <c r="M57" s="2">
-        <v>33239</v>
+        <v>28126</v>
       </c>
       <c r="N57" s="1" t="s">
-        <v>191</v>
+        <v>218</v>
       </c>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A58">
-        <v>36401901</v>
+        <v>36190276</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>226</v>
+        <v>342</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H58" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K58" s="1" t="s">
-        <v>227</v>
+        <v>343</v>
       </c>
       <c r="L58" s="2">
-        <v>34700</v>
+        <v>28126</v>
       </c>
       <c r="M58" s="2">
-        <v>34700</v>
+        <v>28126</v>
       </c>
       <c r="N58" s="1" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A59">
-        <v>39203712</v>
+        <v>36190272</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>33</v>
+        <v>334</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E59" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
       <c r="K59" s="1" t="s">
-        <v>34</v>
+        <v>335</v>
+      </c>
+      <c r="L59" s="2">
+        <v>29952</v>
+      </c>
+      <c r="M59" s="2">
+        <v>29952</v>
       </c>
       <c r="N59" s="1" t="s">
-        <v>16</v>
+        <v>282</v>
       </c>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A60">
-        <v>36401902</v>
+        <v>36401885</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>229</v>
+        <v>254</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K60" s="1" t="s">
-        <v>230</v>
+        <v>255</v>
       </c>
       <c r="L60" s="2">
-        <v>29587</v>
+        <v>33239</v>
       </c>
       <c r="M60" s="2">
-        <v>29587</v>
+        <v>33239</v>
       </c>
       <c r="N60" s="1" t="s">
-        <v>231</v>
+        <v>256</v>
       </c>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A61">
-        <v>36401887</v>
+        <v>41085949</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>194</v>
+        <v>30</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E61" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="K61" s="1" t="s">
-        <v>195</v>
-[...5 lines deleted...]
-        <v>32143</v>
+        <v>31</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>196</v>
+        <v>14</v>
       </c>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A62">
-        <v>36190278</v>
+        <v>36401901</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K62" s="1" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="L62" s="2">
-        <v>28126</v>
+        <v>34700</v>
       </c>
       <c r="M62" s="2">
-        <v>28126</v>
+        <v>34700</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>152</v>
+        <v>293</v>
       </c>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A63">
-        <v>36401881</v>
+        <v>41085950</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>176</v>
+        <v>32</v>
       </c>
       <c r="C63" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J63" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D63" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K63" s="1" t="s">
-        <v>177</v>
-[...5 lines deleted...]
-        <v>16438</v>
+        <v>33</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>178</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A64">
-        <v>36190270</v>
+        <v>41085951</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>265</v>
+        <v>34</v>
       </c>
       <c r="C64" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J64" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D64" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K64" s="1" t="s">
-        <v>266</v>
-[...5 lines deleted...]
-        <v>29952</v>
+        <v>35</v>
       </c>
       <c r="N64" s="1" t="s">
-        <v>217</v>
+        <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A65">
-        <v>36624324</v>
+        <v>41085952</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>157</v>
+        <v>36</v>
       </c>
       <c r="C65" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J65" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D65" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K65" s="1" t="s">
-        <v>158</v>
-[...5 lines deleted...]
-        <v>28126</v>
+        <v>37</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A66">
-        <v>36401903</v>
+        <v>41085953</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>232</v>
+        <v>38</v>
       </c>
       <c r="C66" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J66" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K66" s="1" t="s">
-        <v>233</v>
-[...5 lines deleted...]
-        <v>31778</v>
+        <v>39</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A67">
-        <v>36401888</v>
+        <v>41085954</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>197</v>
+        <v>40</v>
       </c>
       <c r="C67" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J67" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D67" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K67" s="1" t="s">
-        <v>198</v>
-[...5 lines deleted...]
-        <v>31413</v>
+        <v>41</v>
       </c>
       <c r="N67" s="1" t="s">
-        <v>199</v>
+        <v>14</v>
       </c>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A68">
-        <v>36190293</v>
+        <v>41085955</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>311</v>
+        <v>42</v>
       </c>
       <c r="C68" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J68" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D68" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K68" s="1" t="s">
-        <v>312</v>
-[...5 lines deleted...]
-        <v>28126</v>
+        <v>43</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A69">
-        <v>36624321</v>
+        <v>41085956</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>149</v>
+        <v>44</v>
       </c>
       <c r="C69" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J69" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D69" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K69" s="1" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>28126</v>
+        <v>45</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A70">
-        <v>36401911</v>
+        <v>39203712</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>249</v>
+        <v>99</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="K70" s="1" t="s">
-        <v>250</v>
-[...5 lines deleted...]
-        <v>23743</v>
+        <v>100</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>251</v>
+        <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A71">
-        <v>36190280</v>
+        <v>36401902</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K71" s="1" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="L71" s="2">
-        <v>28126</v>
+        <v>29587</v>
       </c>
       <c r="M71" s="2">
-        <v>28126</v>
+        <v>29587</v>
       </c>
       <c r="N71" s="1" t="s">
-        <v>152</v>
+        <v>296</v>
       </c>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A72">
-        <v>36190291</v>
+        <v>36401887</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>307</v>
+        <v>259</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>24</v>
+        <v>245</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>308</v>
+        <v>260</v>
       </c>
       <c r="L72" s="2">
-        <v>28126</v>
+        <v>32143</v>
       </c>
       <c r="M72" s="2">
-        <v>28126</v>
+        <v>32143</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>152</v>
+        <v>261</v>
       </c>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A73">
-        <v>36401904</v>
+        <v>36190278</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>234</v>
+        <v>346</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K73" s="1" t="s">
-        <v>235</v>
+        <v>347</v>
+      </c>
+      <c r="L73" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M73" s="2">
+        <v>28126</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A74">
-        <v>36190287</v>
+        <v>36401881</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>299</v>
+        <v>241</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K74" s="1" t="s">
-        <v>300</v>
+        <v>242</v>
       </c>
       <c r="L74" s="2">
-        <v>28126</v>
+        <v>16438</v>
       </c>
       <c r="M74" s="2">
-        <v>28126</v>
+        <v>16438</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>152</v>
+        <v>243</v>
       </c>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A75">
-        <v>36190285</v>
+        <v>36190270</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>295</v>
+        <v>330</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K75" s="1" t="s">
-        <v>296</v>
+        <v>331</v>
       </c>
       <c r="L75" s="2">
-        <v>28126</v>
+        <v>29952</v>
       </c>
       <c r="M75" s="2">
-        <v>28126</v>
+        <v>29952</v>
       </c>
       <c r="N75" s="1" t="s">
-        <v>152</v>
+        <v>282</v>
       </c>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A76">
-        <v>36190267</v>
+        <v>36624324</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>259</v>
+        <v>223</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E76" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K76" s="1" t="s">
-        <v>260</v>
+        <v>224</v>
       </c>
       <c r="L76" s="2">
         <v>28126</v>
       </c>
       <c r="M76" s="2">
         <v>28126</v>
       </c>
       <c r="N76" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A77">
-        <v>36624322</v>
+        <v>36401903</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>153</v>
+        <v>297</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H77" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K77" s="1" t="s">
-        <v>154</v>
+        <v>298</v>
       </c>
       <c r="L77" s="2">
-        <v>28126</v>
+        <v>31778</v>
       </c>
       <c r="M77" s="2">
-        <v>28126</v>
+        <v>31778</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>152</v>
+        <v>90</v>
       </c>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A78">
-        <v>36624325</v>
+        <v>36401888</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>159</v>
+        <v>262</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K78" s="1" t="s">
-        <v>160</v>
+        <v>263</v>
       </c>
       <c r="L78" s="2">
-        <v>28126</v>
+        <v>31413</v>
       </c>
       <c r="M78" s="2">
-        <v>28126</v>
+        <v>31413</v>
       </c>
       <c r="N78" s="1" t="s">
-        <v>152</v>
+        <v>264</v>
       </c>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A79">
-        <v>36190266</v>
+        <v>36190293</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>313</v>
+        <v>376</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H79" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K79" s="1" t="s">
-        <v>314</v>
+        <v>377</v>
       </c>
       <c r="L79" s="2">
         <v>28126</v>
       </c>
       <c r="M79" s="2">
         <v>28126</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A80">
-        <v>36401889</v>
+        <v>36624321</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H80" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K80" s="1" t="s">
-        <v>201</v>
+        <v>217</v>
       </c>
       <c r="L80" s="2">
-        <v>33970</v>
+        <v>28126</v>
       </c>
       <c r="M80" s="2">
-        <v>33970</v>
+        <v>28126</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A81">
-        <v>34928126</v>
+        <v>36401911</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>321</v>
+        <v>21</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H81" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>317</v>
+        <v>216</v>
       </c>
       <c r="K81" s="1" t="s">
-        <v>327</v>
+        <v>315</v>
       </c>
       <c r="L81" s="2">
-        <v>25934</v>
+        <v>23743</v>
       </c>
       <c r="M81" s="2">
-        <v>25934</v>
+        <v>23743</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>328</v>
+        <v>316</v>
       </c>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A82">
-        <v>36401905</v>
+        <v>41085957</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>236</v>
+        <v>46</v>
       </c>
       <c r="C82" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J82" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K82" s="1" t="s">
-        <v>237</v>
-[...5 lines deleted...]
-        <v>30682</v>
+        <v>47</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>182</v>
+        <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A83">
-        <v>36401890</v>
+        <v>41085958</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>203</v>
+        <v>48</v>
       </c>
       <c r="C83" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J83" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D83" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K83" s="1" t="s">
-        <v>204</v>
-[...5 lines deleted...]
-        <v>32143</v>
+        <v>49</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>196</v>
+        <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A84">
-        <v>36401891</v>
+        <v>36190280</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>205</v>
+        <v>350</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H84" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>206</v>
+        <v>351</v>
       </c>
       <c r="L84" s="2">
-        <v>34335</v>
+        <v>28126</v>
       </c>
       <c r="M84" s="2">
-        <v>34335</v>
+        <v>28126</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>142</v>
+        <v>218</v>
       </c>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A85">
-        <v>36401892</v>
+        <v>36190291</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>207</v>
+        <v>372</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H85" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>208</v>
+        <v>373</v>
       </c>
       <c r="L85" s="2">
-        <v>31413</v>
+        <v>28126</v>
       </c>
       <c r="M85" s="2">
-        <v>31413</v>
+        <v>28126</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>199</v>
+        <v>218</v>
       </c>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A86">
-        <v>36190279</v>
+        <v>41085959</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>283</v>
+        <v>50</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H86" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>150</v>
+        <v>24</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>284</v>
-[...5 lines deleted...]
-        <v>28126</v>
+        <v>51</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A87">
-        <v>36190273</v>
+        <v>36401904</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>271</v>
+        <v>299</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H87" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>272</v>
-[...5 lines deleted...]
-        <v>30317</v>
+        <v>300</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>185</v>
+        <v>14</v>
       </c>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A88">
-        <v>36190282</v>
+        <v>41079862</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>289</v>
+        <v>67</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H88" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>150</v>
+        <v>57</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>290</v>
+        <v>68</v>
       </c>
       <c r="L88" s="2">
-        <v>28126</v>
+        <v>32874</v>
       </c>
       <c r="M88" s="2">
-        <v>28126</v>
+        <v>33208</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>152</v>
+        <v>69</v>
       </c>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A89">
-        <v>36401893</v>
+        <v>41079859</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>209</v>
+        <v>60</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H89" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>150</v>
+        <v>57</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>210</v>
+        <v>61</v>
       </c>
       <c r="L89" s="2">
-        <v>31778</v>
+        <v>32356</v>
       </c>
       <c r="M89" s="2">
-        <v>31778</v>
+        <v>32735</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A90">
-        <v>39203713</v>
+        <v>41079858</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H90" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>36</v>
+        <v>58</v>
+      </c>
+      <c r="L90" s="2">
+        <v>32465</v>
+      </c>
+      <c r="M90" s="2">
+        <v>32843</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A91">
-        <v>39203714</v>
+        <v>41079861</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H91" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>38</v>
+        <v>66</v>
+      </c>
+      <c r="L91" s="2">
+        <v>32477</v>
+      </c>
+      <c r="M91" s="2">
+        <v>32862</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A92">
-        <v>36624331</v>
+        <v>41079860</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>171</v>
+        <v>62</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H92" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>150</v>
+        <v>57</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>172</v>
+        <v>63</v>
       </c>
       <c r="L92" s="2">
-        <v>28126</v>
+        <v>32387</v>
       </c>
       <c r="M92" s="2">
-        <v>28126</v>
+        <v>33052</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>152</v>
+        <v>64</v>
       </c>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A93">
-        <v>36624323</v>
+        <v>36190287</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>155</v>
+        <v>364</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H93" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>156</v>
+        <v>365</v>
       </c>
       <c r="L93" s="2">
         <v>28126</v>
       </c>
       <c r="M93" s="2">
         <v>28126</v>
       </c>
       <c r="N93" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A94">
-        <v>36190284</v>
+        <v>36190285</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>293</v>
+        <v>360</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H94" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>294</v>
+        <v>361</v>
       </c>
       <c r="L94" s="2">
         <v>28126</v>
       </c>
       <c r="M94" s="2">
         <v>28126</v>
       </c>
       <c r="N94" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A95">
-        <v>36624327</v>
+        <v>36190267</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>163</v>
+        <v>324</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H95" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>164</v>
+        <v>325</v>
       </c>
       <c r="L95" s="2">
         <v>28126</v>
       </c>
       <c r="M95" s="2">
         <v>28126</v>
       </c>
       <c r="N95" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A96">
-        <v>36190271</v>
+        <v>36624322</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>267</v>
+        <v>219</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H96" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>268</v>
+        <v>220</v>
       </c>
       <c r="L96" s="2">
         <v>28126</v>
       </c>
       <c r="M96" s="2">
         <v>28126</v>
       </c>
       <c r="N96" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A97">
-        <v>36401894</v>
+        <v>36624325</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H97" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="L97" s="2">
-        <v>30682</v>
+        <v>28126</v>
       </c>
       <c r="M97" s="2">
-        <v>30682</v>
+        <v>28126</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>182</v>
+        <v>218</v>
       </c>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A98">
-        <v>36190281</v>
+        <v>36190266</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>287</v>
+        <v>378</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H98" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>288</v>
+        <v>379</v>
       </c>
       <c r="L98" s="2">
         <v>28126</v>
       </c>
       <c r="M98" s="2">
         <v>28126</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A99">
-        <v>36401895</v>
+        <v>36401889</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>213</v>
+        <v>265</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H99" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>214</v>
+        <v>266</v>
       </c>
       <c r="L99" s="2">
-        <v>30317</v>
+        <v>33970</v>
       </c>
       <c r="M99" s="2">
-        <v>30317</v>
+        <v>33970</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>185</v>
+        <v>267</v>
       </c>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A100">
-        <v>36190283</v>
+        <v>34928126</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>291</v>
+        <v>391</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>24</v>
+        <v>386</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H100" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>150</v>
+        <v>382</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>292</v>
+        <v>392</v>
       </c>
       <c r="L100" s="2">
-        <v>28126</v>
+        <v>25934</v>
       </c>
       <c r="M100" s="2">
-        <v>28126</v>
+        <v>25934</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>152</v>
+        <v>393</v>
       </c>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A101">
-        <v>39203715</v>
+        <v>36401905</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>39</v>
+        <v>301</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E101" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H101" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>40</v>
+        <v>302</v>
+      </c>
+      <c r="L101" s="2">
+        <v>30682</v>
+      </c>
+      <c r="M101" s="2">
+        <v>30682</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>16</v>
+        <v>247</v>
       </c>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A102">
-        <v>36401907</v>
+        <v>36401890</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>240</v>
+        <v>268</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H102" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>241</v>
+        <v>269</v>
       </c>
       <c r="L102" s="2">
-        <v>33239</v>
+        <v>32143</v>
       </c>
       <c r="M102" s="2">
-        <v>33239</v>
+        <v>32143</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>191</v>
+        <v>261</v>
       </c>
     </row>
     <row r="103" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A103">
-        <v>36401908</v>
+        <v>36401891</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>242</v>
+        <v>270</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>243</v>
+        <v>271</v>
       </c>
       <c r="L103" s="2">
-        <v>32509</v>
+        <v>34335</v>
       </c>
       <c r="M103" s="2">
-        <v>32509</v>
+        <v>34335</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>137</v>
+        <v>208</v>
       </c>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A104">
-        <v>36401914</v>
+        <v>36401892</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>257</v>
+        <v>272</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D104" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E104" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H104" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>258</v>
+        <v>273</v>
       </c>
       <c r="L104" s="2">
-        <v>33239</v>
+        <v>31413</v>
       </c>
       <c r="M104" s="2">
-        <v>33239</v>
+        <v>31413</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>191</v>
+        <v>264</v>
       </c>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A105">
-        <v>36401896</v>
+        <v>36190279</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>215</v>
+        <v>348</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>24</v>
+        <v>245</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H105" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>216</v>
+        <v>349</v>
       </c>
       <c r="L105" s="2">
-        <v>29952</v>
+        <v>28126</v>
       </c>
       <c r="M105" s="2">
-        <v>29952</v>
+        <v>28126</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A106">
-        <v>36401912</v>
+        <v>36190273</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>252</v>
+        <v>336</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H106" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>253</v>
+        <v>337</v>
       </c>
       <c r="L106" s="2">
-        <v>20090</v>
+        <v>30317</v>
       </c>
       <c r="M106" s="2">
-        <v>20090</v>
+        <v>30317</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A107">
-        <v>39203716</v>
+        <v>36190282</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>41</v>
+        <v>354</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H107" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>42</v>
+        <v>355</v>
+      </c>
+      <c r="L107" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M107" s="2">
+        <v>28126</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>16</v>
+        <v>218</v>
       </c>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A108">
-        <v>39203717</v>
+        <v>36401893</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>43</v>
+        <v>274</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H108" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>44</v>
+        <v>275</v>
+      </c>
+      <c r="L108" s="2">
+        <v>31778</v>
+      </c>
+      <c r="M108" s="2">
+        <v>31778</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A109">
-        <v>36401882</v>
+        <v>39203713</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>179</v>
+        <v>101</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>180</v>
+        <v>14</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H109" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>181</v>
-[...5 lines deleted...]
-        <v>30682</v>
+        <v>102</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>182</v>
+        <v>14</v>
       </c>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A110">
-        <v>36401884</v>
+        <v>41085960</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>186</v>
+        <v>52</v>
       </c>
       <c r="C110" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J110" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D110" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K110" s="1" t="s">
-        <v>187</v>
-[...5 lines deleted...]
-        <v>29221</v>
+        <v>53</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>188</v>
+        <v>14</v>
       </c>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A111">
-        <v>36190277</v>
+        <v>39203714</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>279</v>
+        <v>103</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H111" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>280</v>
-[...5 lines deleted...]
-        <v>28126</v>
+        <v>104</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A112">
-        <v>36401886</v>
+        <v>36624331</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>192</v>
+        <v>237</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H112" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>193</v>
+        <v>238</v>
       </c>
       <c r="L112" s="2">
-        <v>30682</v>
+        <v>28126</v>
       </c>
       <c r="M112" s="2">
-        <v>30682</v>
+        <v>28126</v>
       </c>
       <c r="N112" s="1" t="s">
-        <v>182</v>
+        <v>218</v>
       </c>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A113">
-        <v>36401906</v>
+        <v>36624323</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H113" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="L113" s="2">
-        <v>33970</v>
+        <v>28126</v>
       </c>
       <c r="M113" s="2">
-        <v>33970</v>
+        <v>28126</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>202</v>
+        <v>218</v>
       </c>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A114">
-        <v>36624330</v>
+        <v>36190284</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>169</v>
+        <v>358</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H114" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>170</v>
+        <v>359</v>
       </c>
       <c r="L114" s="2">
         <v>28126</v>
       </c>
       <c r="M114" s="2">
         <v>28126</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A115">
-        <v>36624329</v>
+        <v>36624327</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>167</v>
+        <v>229</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H115" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K115" s="1" t="s">
-        <v>168</v>
+        <v>230</v>
       </c>
       <c r="L115" s="2">
         <v>28126</v>
       </c>
       <c r="M115" s="2">
         <v>28126</v>
       </c>
       <c r="N115" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A116">
-        <v>36624328</v>
+        <v>36190271</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>165</v>
+        <v>332</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H116" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K116" s="1" t="s">
-        <v>166</v>
+        <v>333</v>
       </c>
       <c r="L116" s="2">
         <v>28126</v>
       </c>
       <c r="M116" s="2">
         <v>28126</v>
       </c>
       <c r="N116" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A117">
-        <v>36190288</v>
+        <v>36401894</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>301</v>
+        <v>276</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H117" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>302</v>
+        <v>277</v>
       </c>
       <c r="L117" s="2">
-        <v>28126</v>
+        <v>30682</v>
       </c>
       <c r="M117" s="2">
-        <v>28126</v>
+        <v>30682</v>
       </c>
       <c r="N117" s="1" t="s">
-        <v>152</v>
+        <v>247</v>
       </c>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A118">
-        <v>36190292</v>
+        <v>36190281</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>309</v>
+        <v>352</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H118" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>310</v>
+        <v>353</v>
       </c>
       <c r="L118" s="2">
         <v>28126</v>
       </c>
       <c r="M118" s="2">
         <v>28126</v>
       </c>
       <c r="N118" s="1" t="s">
-        <v>152</v>
+        <v>218</v>
       </c>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A119">
-        <v>36401909</v>
+        <v>36401895</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>244</v>
+        <v>278</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H119" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>245</v>
+        <v>279</v>
       </c>
       <c r="L119" s="2">
-        <v>35431</v>
+        <v>30317</v>
       </c>
       <c r="M119" s="2">
-        <v>35431</v>
+        <v>30317</v>
       </c>
       <c r="N119" s="1" t="s">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A120">
-        <v>39252786</v>
+        <v>41163958</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H120" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J120" s="1" t="s">
         <v>17</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>28</v>
-[...5 lines deleted...]
-        <v>35419</v>
+        <v>22</v>
       </c>
       <c r="N120" s="1" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A121">
-        <v>36401910</v>
+        <v>36190283</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>246</v>
+        <v>356</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H121" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>247</v>
+        <v>357</v>
       </c>
       <c r="L121" s="2">
-        <v>24473</v>
+        <v>28126</v>
       </c>
       <c r="M121" s="2">
-        <v>24473</v>
+        <v>28126</v>
       </c>
       <c r="N121" s="1" t="s">
-        <v>248</v>
+        <v>218</v>
       </c>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A122">
-        <v>36190290</v>
+        <v>39203715</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>305</v>
+        <v>105</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H122" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>306</v>
-[...5 lines deleted...]
-        <v>28126</v>
+        <v>106</v>
       </c>
       <c r="N122" s="1" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A123">
-        <v>36190269</v>
+        <v>41085961</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>263</v>
+        <v>54</v>
       </c>
       <c r="C123" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J123" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="D123" s="1" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K123" s="1" t="s">
-        <v>264</v>
-[...5 lines deleted...]
-        <v>28126</v>
+        <v>55</v>
       </c>
       <c r="N123" s="1" t="s">
-        <v>152</v>
+        <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A124">
-        <v>36190268</v>
+        <v>36401907</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>261</v>
+        <v>305</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H124" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>262</v>
+        <v>306</v>
       </c>
       <c r="L124" s="2">
-        <v>28126</v>
+        <v>33239</v>
       </c>
       <c r="M124" s="2">
-        <v>28126</v>
+        <v>33239</v>
       </c>
       <c r="N124" s="1" t="s">
-        <v>152</v>
+        <v>256</v>
       </c>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A125">
-        <v>36190275</v>
+        <v>36401908</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>275</v>
+        <v>307</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H125" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>276</v>
+        <v>308</v>
       </c>
       <c r="L125" s="2">
-        <v>28126</v>
+        <v>32509</v>
       </c>
       <c r="M125" s="2">
-        <v>28126</v>
+        <v>32509</v>
       </c>
       <c r="N125" s="1" t="s">
-        <v>152</v>
+        <v>203</v>
       </c>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A126">
-        <v>36401897</v>
+        <v>36401914</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>218</v>
+        <v>322</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H126" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>150</v>
+        <v>216</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>219</v>
+        <v>323</v>
       </c>
       <c r="L126" s="2">
-        <v>30317</v>
+        <v>33239</v>
       </c>
       <c r="M126" s="2">
-        <v>30317</v>
+        <v>33239</v>
       </c>
       <c r="N126" s="1" t="s">
-        <v>185</v>
+        <v>256</v>
       </c>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A127">
-        <v>39252787</v>
+        <v>36401896</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>23</v>
+        <v>280</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H127" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>17</v>
+        <v>216</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>25</v>
+        <v>281</v>
       </c>
       <c r="L127" s="2">
-        <v>32159</v>
+        <v>29952</v>
       </c>
       <c r="M127" s="2">
-        <v>33160</v>
+        <v>29952</v>
       </c>
       <c r="N127" s="1" t="s">
-        <v>26</v>
+        <v>282</v>
       </c>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A128">
-        <v>39203718</v>
+        <v>36401912</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>45</v>
+        <v>317</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H128" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>31</v>
+        <v>216</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>46</v>
+        <v>318</v>
+      </c>
+      <c r="L128" s="2">
+        <v>20090</v>
+      </c>
+      <c r="M128" s="2">
+        <v>20090</v>
       </c>
       <c r="N128" s="1" t="s">
-        <v>16</v>
+        <v>319</v>
       </c>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A129">
+        <v>39203716</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J129" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="K129" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="N129" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="130" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A130">
+        <v>39203717</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J130" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="K130" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="N130" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="131" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A131">
+        <v>36401882</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I131" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J131" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K131" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="L131" s="2">
+        <v>30682</v>
+      </c>
+      <c r="M131" s="2">
+        <v>30682</v>
+      </c>
+      <c r="N131" s="1" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="132" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A132">
+        <v>36401884</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I132" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J132" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K132" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="L132" s="2">
+        <v>29221</v>
+      </c>
+      <c r="M132" s="2">
+        <v>29221</v>
+      </c>
+      <c r="N132" s="1" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="133" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A133">
+        <v>36190277</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I133" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J133" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K133" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="L133" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M133" s="2">
+        <v>28126</v>
+      </c>
+      <c r="N133" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="134" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A134">
+        <v>36401886</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I134" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J134" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K134" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="L134" s="2">
+        <v>30682</v>
+      </c>
+      <c r="M134" s="2">
+        <v>30682</v>
+      </c>
+      <c r="N134" s="1" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="135" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A135">
+        <v>36401906</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I135" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J135" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K135" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="L135" s="2">
+        <v>33970</v>
+      </c>
+      <c r="M135" s="2">
+        <v>33970</v>
+      </c>
+      <c r="N135" s="1" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="136" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A136">
+        <v>36624330</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I136" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J136" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K136" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="L136" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M136" s="2">
+        <v>28126</v>
+      </c>
+      <c r="N136" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="137" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A137">
+        <v>36624329</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I137" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J137" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K137" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="L137" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M137" s="2">
+        <v>28126</v>
+      </c>
+      <c r="N137" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="138" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A138">
+        <v>36624328</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I138" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J138" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K138" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="L138" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M138" s="2">
+        <v>28126</v>
+      </c>
+      <c r="N138" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="139" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A139">
+        <v>36190288</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I139" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J139" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K139" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="L139" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M139" s="2">
+        <v>28126</v>
+      </c>
+      <c r="N139" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="140" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A140">
+        <v>36190292</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I140" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J140" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K140" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="L140" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M140" s="2">
+        <v>28126</v>
+      </c>
+      <c r="N140" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="141" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A141">
+        <v>36401909</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I141" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J141" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K141" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="L141" s="2">
+        <v>35431</v>
+      </c>
+      <c r="M141" s="2">
+        <v>35431</v>
+      </c>
+      <c r="N141" s="1" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="142" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A142">
+        <v>39252786</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I142" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J142" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="K142" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="L142" s="2">
+        <v>34730</v>
+      </c>
+      <c r="M142" s="2">
+        <v>35419</v>
+      </c>
+      <c r="N142" s="1" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="143" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A143">
+        <v>36401910</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I143" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J143" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K143" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="L143" s="2">
+        <v>24473</v>
+      </c>
+      <c r="M143" s="2">
+        <v>24473</v>
+      </c>
+      <c r="N143" s="1" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="144" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A144">
+        <v>41163959</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I144" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J144" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K144" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="L144" s="2">
+        <v>28725</v>
+      </c>
+      <c r="M144" s="2">
+        <v>33981</v>
+      </c>
+      <c r="N144" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="145" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A145">
+        <v>36190290</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I145" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J145" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K145" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="L145" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M145" s="2">
+        <v>28126</v>
+      </c>
+      <c r="N145" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="146" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A146">
+        <v>36190269</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I146" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J146" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K146" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="L146" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M146" s="2">
+        <v>28126</v>
+      </c>
+      <c r="N146" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="147" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A147">
+        <v>36190268</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I147" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J147" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K147" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="L147" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M147" s="2">
+        <v>28126</v>
+      </c>
+      <c r="N147" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="148" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A148">
+        <v>36190275</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I148" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J148" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K148" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="L148" s="2">
+        <v>28126</v>
+      </c>
+      <c r="M148" s="2">
+        <v>28126</v>
+      </c>
+      <c r="N148" s="1" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="149" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A149">
+        <v>36401897</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I149" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J149" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K149" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="L149" s="2">
+        <v>30317</v>
+      </c>
+      <c r="M149" s="2">
+        <v>30317</v>
+      </c>
+      <c r="N149" s="1" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="150" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A150">
+        <v>41079863</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I150" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J150" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="K150" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L150" s="2">
+        <v>32259</v>
+      </c>
+      <c r="M150" s="2">
+        <v>32847</v>
+      </c>
+      <c r="N150" s="1" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="151" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A151">
+        <v>41079864</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I151" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J151" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="K151" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L151" s="2">
+        <v>32874</v>
+      </c>
+      <c r="M151" s="2">
+        <v>33224</v>
+      </c>
+      <c r="N151" s="1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="152" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A152">
+        <v>41079867</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I152" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J152" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="K152" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="L152" s="2">
+        <v>33248</v>
+      </c>
+      <c r="M152" s="2">
+        <v>34446</v>
+      </c>
+      <c r="N152" s="1" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="153" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A153">
+        <v>41079865</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I153" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J153" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="K153" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="L153" s="2">
+        <v>32518</v>
+      </c>
+      <c r="M153" s="2">
+        <v>34790</v>
+      </c>
+      <c r="N153" s="1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="154" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A154">
+        <v>41079866</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I154" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J154" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="K154" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="L154" s="2">
+        <v>32599</v>
+      </c>
+      <c r="M154" s="2">
+        <v>33512</v>
+      </c>
+      <c r="N154" s="1" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="155" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A155">
+        <v>39252787</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I155" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J155" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="K155" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="L155" s="2">
+        <v>32159</v>
+      </c>
+      <c r="M155" s="2">
+        <v>33160</v>
+      </c>
+      <c r="N155" s="1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="156" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A156">
+        <v>39203718</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I156" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J156" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="K156" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="N156" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="157" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A157">
         <v>36401913</v>
       </c>
-      <c r="B129" s="1" t="s">
-[...30 lines deleted...]
-        <v>16</v>
+      <c r="B157" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="F157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="I157" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J157" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="K157" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="N157" s="1" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M c E A A B Q S w M E F A A C A A g A c o R B W 1 y V C z + k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L a D R k E 9 Z u J X E h G j c N r V C I 3 w M F M v d X H g k r y B G U X c u 5 8 1 b z N y v N 0 i H u v I u u u 1 M g w k J K C e e R t U c D B Y J 6 e 3 R X 5 J U w E a q k y y 0 N 8 r Y x U N 3 S E h p 7 T l m z D l H X U S b t m A h 5 w H b Z + t c l b q W 5 C O b / 7 J v s L M S l S Y C d q 8 x I q T B b E H n P K I c 2 A Q h M / g V w n H v s / 2 B s O o r 2 7 d a a P S 3 O b A p A n t / E A 9 Q S w M E F A A C A A g A c o R B W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A H K E Q V s N x M s / w Q E A A I E D A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A C F k l 1 v m z A U h u 8 j 5 T 9 Y 9 I Z I F A H 5 a L u K i 4 2 k W q Y o z Q K 9 C r 1 w z W l i y d i d f c g a R f 3 v M 4 O q n U A a N 7 b P + + g 9 H x w D D L m S J G 3 O 8 H Y 4 G A 7 M g W o o y I W D H A V c C m 7 w M g y D a H r t k J g I w O G A 2 C 9 V l W Z g I 4 k 5 + n P F q h I k u n d c g J 8 o i f Z h X C f 5 k j 8 Y 0 C Y v F V N S K p 3 P 1 W 8 p F C 1 M j u V L 3 k n h M 3 N 0 R t 5 u D o K X H E H H j u d 4 J F G i K q W J w 4 l H F p K p g s t 9 P J s G Q e i R n 5 V C S P E k I P 6 4 + m s l 4 X H k N b V e O B u t S q s V 5 D v Q w h Z U t 5 L R J w u 2 S h t 3 m 7 Y 8 s m v j X 4 V I G R V U m x h 1 9 d k y O V C 5 t 4 7 Z 6 Q U + 7 D J N p X l W u m x K r k X j 9 u T 3 z m c n A 1 2 S 5 d z 2 t 5 Q 4 m / g 1 / O a R s 7 O m J e y i 4 O o m D G a P V k Y r E I R X / K t u w T S z r / k W u + l i y z R d 7 6 J o P J 6 O e 0 z u k 1 X S q l d d d S O o 9 V f P Z F M 9 C c 5 o v R 0 t f d 1 D 1 5 A 5 g G 6 R n m L u N P y q Q L J T g 0 y C v r b E p z y T s E u 0 K 2 d n e e S F n e W 3 d 7 e o y / 5 I s / s t e d i u O s q C a s H B I F m 8 U o Z k T h H e m c L e k Z f N T 1 j Z x / + p R B 1 B 0 z 0 Q t 0 b I t t 6 J 0 T 8 5 3 0 b D A Z e 9 W 3 P 7 B 1 B L A Q I t A B Q A A g A I A H K E Q V t c l Q s / p A A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B y h E F b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D w A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A H K E Q V s N x M s / w Q E A A I E D A A A T A A A A A A A A A A A A A A A A A O E B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A O 8 D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P t g S A A A A A A A A t h I A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O D w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 M w Z j U 2 Z G Z l L W I y M D E t N D Y 3 O C 1 h Y j Z j L T E z M D Y 0 M m Y z Z G Y 0 N C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N 0 a X R s Z V 9 s a X N 0 X z E x M D I 1 O C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w x M j g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M T A t M D F U M j A 6 M z U 6 M z c u M T Y w O D c y O V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 1 l H Q m d Z R 0 J n W U d C Z 1 l I Q n d Z P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t U Z X J t I E l E J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 h b W V b M j A 3 O T E w N l 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M D c 5 M T A 5 X S Z x d W 9 0 O y w m c X V v d D t J U 1 N O W z I y M z M 1 M z Z d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 D T E N b M j I z M z U z N 1 0 m c X V v d D s s J n F 1 b 3 Q 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I z M z U z O F 0 m c X V v d D s s J n F 1 b 3 Q 7 U H V i b G l z a G V y W z I y M z M 1 M z l d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 Z y Z X F 1 Z W 5 j e V s y M j M z N T Q w X S Z x d W 9 0 O y w m c X V v d D t S Z W x h d G l v b l s y M j M z N T Q x X S Z x d W 9 0 O y w m c X V v d D t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I z M z U 0 M l 0 m c X V v d D s s J n F 1 b 3 Q 7 S l N U T 1 I g V V J M J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s y M D c 5 M T A 2 X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z I w N z k x M D l d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M j I z M z U z N l 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s y M j M z N T M 3 X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j M z N T M 4 X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M j I z M z U z O V 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z I y M z M 1 N D B d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z I y M z M 1 N D F d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j M z N T Q y X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M j A 3 O T E w N l 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M D c 5 M T A 5 X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z I y M z M 1 M z Z d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M j I z M z U z N 1 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I z M z U z O F 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z I y M z M 1 M z l d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s y M j M z N T Q w X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s y M j M z N T Q x X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I z M z U 0 M l 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v U H J v b W 9 0 Z W Q l M j B I Z W F k Z X J z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q 2 h h b m d l Z C U y M F R 5 c G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A E 9 T 6 A 1 X c t E S A O o W j d Z / q k w A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A C q j 6 D C 4 Z y c 3 R 2 C + v B d 0 I r Q 0 3 P P K Q t v D k I l / z d 0 X H v 8 M Q A A A A A O g A A A A A I A A C A A A A A z s g 7 S c 8 8 S G a 6 X 5 1 t 4 l Q N 1 G v v O g Q + r O V M P V 0 C d F A X 0 + 1 A A A A B t E j I x 0 U 1 X 5 T C 2 Q / v L K 3 e V C G F u W V y y 6 7 r K n 8 n A o a c u i q x Q G v N O / N f 4 M P s u x A X g m 6 i g G / 9 k v C 5 e N h 2 G 9 F A x t Y l S C V E T J 8 V a D W x y 7 m M d 0 N n i o U A A A A B T p Q T x N K 1 O N h 8 X A 2 o S Z W N + F Z L 3 n / c Z / N w j 3 N h A W F 0 M n 7 D G o b B 0 H m I + d s 6 c K n y c T i y 5 o g z O r h T + A G Y p E H S F 2 c H 3 < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M Y E A A B Q S w M E F A A C A A g A r Y K B W / l h B / S j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L e h A y K M M r p K Y E I 1 r U y o 2 w s P Q Y v k 3 B z / J X x C j q J v j P f c M 9 9 6 v N 8 j H t g k u u r e m w 4 x E l J N A o + o q g 3 V G B n c I E 5 I L 2 E h 1 k r U O J h l t O t o q I 0 f n z i l j 3 n v q F 7 T r a x Z z H r F 9 s S 7 V U b e S f G T z X w 4 N W i d R a S J g 9 x o j Y h o t E x r z a R O w G U J h 8 C v E U / d s f y C s h s Y N v R Y a w 2 0 J b I 7 A 3 h / E A 1 B L A w Q U A A I A C A C t g o F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A r Y K B W w 3 E y z / B A Q A A g Q M A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A I W S X W + b M B S G 7 y P l P 1 j 0 h k g U A f l o u 4 q L j a R a p i j N A r 0 K v X D N a W L J 2 J 1 9 y B p F / e 8 z g 6 q d Q B o 3 t s / 7 6 D 0 f H A M M u Z I k b c 7 w d j g Y D s y B a i j I h Y M c B V w K b v A y D I N o e u 2 Q m A j A 4 Y D Y L 1 W V Z m A j i T n 6 c 8 W q E i S 6 d 1 y A n y i J 9 m F c J / m S P x j Q J i 8 V U 1 I q n c / V b y k U L U y O 5 U v e S e E z c 3 R G 3 m 4 O g p c c Q c e O 5 3 g k U a I q p Y n D i U c W k q m C y 3 0 8 m w Z B 6 J G f l U J I 8 S Q g / r j 6 a y X h c e Q 1 t V 4 4 G 6 1 K q x X k O 9 D C F l S 3 k t E n C 7 Z K G 3 e b t j y y a + N f h U g Z F V S b G H X 1 2 T I 5 U L m 3 j t n p B T 7 s M k 2 l e V a 6 b E q u R e P 2 5 P f O Z y c D X Z L l 3 P a 3 l D i b + D X 8 5 p G z s 6 Y l 7 K L g 6 i Y M Z o 9 W R i s Q h F f 8 q 2 7 B N L O v + R a 7 6 W L L N F 3 v o m g 8 n o 5 7 T O 6 T V d K q V 1 1 1 I 6 j 1 V 8 9 k U z 0 J z m i 9 H S 1 9 3 U P X k D m A b p G e Y u 4 0 / K p A s l O D T I K + t s S n P J O w S 7 Q r Z 2 d 5 5 I W d 5 b d 3 t 6 j L / k i z + y 1 5 2 K 4 6 y o J q w c E g W b x S h m R O E d 6 Z w t 6 R l 8 1 P W N n H / 6 l E H U H T P R C 3 R s i 2 3 o n R P z n f R s M B l 7 1 b c / s H U E s B A i 0 A F A A C A A g A r Y K B W / l h B / S j A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A K 2 C g V s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A O 8 A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A r Y K B W w 3 E y z / B A Q A A g Q M A A B M A A A A A A A A A A A A A A A A A 4 A E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A 7 g M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + 2 B I A A A A A A A C 2 E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z Z D d i Y 2 Q 1 N 2 Y t M z E 3 M i 0 0 M T E 5 L T g z M D k t O D F i Y m M 2 Z G Z j M D M w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 3 R p d G x l X 2 x p c 3 R f M T E w M j U 4 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D E 1 N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N S 0 x M i 0 w M V Q y M T o y M T o y N i 4 1 M z k y N z M z W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 F 3 W U d C Z 1 l H Q m d Z R 0 J n W U h C d 1 k 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 R l c m 0 g S U Q m c X V v d D s s J n F 1 b 3 Q 7 T m F t Z V s y M D c 5 M T A 2 X S Z x d W 9 0 O y w m c X V v d D t S Z X N v d X J j Z S B U e X B l W z I w N z k x M D l d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l T U 0 5 b M j I z M z U z N l 0 m c X V v d D s s J n F 1 b 3 Q 7 T 0 N M Q 1 s y M j M z N T M 3 X S Z x d W 9 0 O y w m c X V v d D t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j M z N T M 4 X S Z x d W 9 0 O y w m c X V v d D t Q d W J s a X N o Z X J b M j I z M z U z O V 0 m c X V v d D s s J n F 1 b 3 Q 7 R n J l c X V l b m N 5 W z I y M z M 1 N D B d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u W z I y M z M 1 N D F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j M z N T Q y X S Z x d W 9 0 O y w m c X V v d D t K U 1 R P U i B V U k w m c X V v d D s s J n F 1 b 3 Q 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z I w N z k x M D Z d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M j A 3 O T E w O V 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s y M j M z N T M 2 X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z I y M z M 1 M z d d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y M z M 1 M z h d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s y M j M z N T M 5 X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M j I z M z U 0 M F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M j I z M z U 0 M V 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y M z M 1 N D J d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s y M D c 5 M T A 2 X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z I w N z k x M D l d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M j I z M z U z N l 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s y M j M z N T M 3 X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j M z N T M 4 X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M j I z M z U z O V 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M T A y N T g v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z I y M z M 1 N D B d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z I y M z M 1 N D F d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j M z N T Q y X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T E w M j U 4 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 T b 3 V y Y 2 U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 Q c m 9 t b 3 R l Z C U y M E h l Y W R l c n M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E x M D I 1 O C 9 D a G F u Z 2 V k J T I w V H l w Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A D A e m V m m X L z Q 6 8 J A 7 r L G I z n A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A L d o q O u Y F 3 o 7 7 1 7 y D 8 3 Z S E f F O b S 6 H E w y X x P r l O d C x 7 P 1 A A A A A A 6 A A A A A A g A A I A A A A L 1 O P O 9 5 9 2 8 U B 0 Z F i P 2 P h Z p O a / C F B T 2 l K T p l R + X f b r G f U A A A A H R t 1 O Q i x J e 6 y J w s s R G O f x H m a + O h V c E q W n q z p W k x j + c q 0 W u I 4 J w 1 O M D U 3 M 3 a L d u 1 7 e b F Y J D P 6 u a N t g m G H j Z p O X y n / e 2 P T v V Q t z Z t D K L U Y Q 8 H Q A A A A I j v g d M d F N C j 3 x W N 6 5 / i B c A c w 5 2 w X 6 2 v 4 U D / j M r B w D E l X 1 T 5 l s Y a 5 5 7 P d Q X + 8 1 f G 2 G h b V 0 S s p 1 3 s W S Z 8 J q g o 8 m c = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79A53016-604C-44E3-9A20-790C1CEC630B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE1E3B5B-F0D7-4305-A3B3-E1C0C691A146}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-110258</vt:lpstr>
     </vt:vector>