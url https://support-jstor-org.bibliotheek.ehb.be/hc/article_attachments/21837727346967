--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -2,90 +2,90 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CE61E0B0-BDEB-4303-A753-9008307A040B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{AC7D329D-65EF-4D5C-8261-6CBBDE53FEF2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{DCD23D5F-7E24-44BF-9AE8-CED472D887B9}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{2EC2FE2A-E159-4676-9D2B-40BBAC41C1AB}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-49325" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-49325'!$A$1:$L$831</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{B68C0DAA-3DE2-4744-A0E3-FD18C3364878}" keepAlive="1" name="Query - title-list-49325" description="Connection to the 'title-list-49325' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{20404212-02C7-4899-AC8E-EEA8129F039D}" keepAlive="1" name="Query - title-list-49325" description="Connection to the 'title-list-49325' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-49325;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-49325]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6652" uniqueCount="2422">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[913664]</t>
   </si>
   <si>
     <t>Resource Type[913668]</t>
   </si>
   <si>
     <t>ISSN[913678]</t>
   </si>
   <si>
     <t>OCLC[913676]</t>
   </si>
   <si>
     <t>Place of Publication[913677]</t>
   </si>
@@ -7409,93 +7409,93 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{5FA0A1CB-E943-4368-9FB5-22D502A305B2}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{23660747-06B0-4BCC-8D4A-3933B598E385}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="13">
     <queryTableFields count="12">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[913664]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[913668]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[913678]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[913676]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[913677]" tableColumnId="6"/>
       <queryTableField id="7" name="Relation[1350257]" tableColumnId="7"/>
       <queryTableField id="8" name="Series[1604722]" tableColumnId="8"/>
       <queryTableField id="9" name="JSTOR URL" tableColumnId="9"/>
       <queryTableField id="10" name="Earliest Exact Date" tableColumnId="10"/>
       <queryTableField id="11" name="Latest Exact Date" tableColumnId="11"/>
       <queryTableField id="12" name="Coverage (Date Range)" tableColumnId="12"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{82CEA356-3EB2-494B-A76A-904C38F8CA55}" name="title_list_49325" displayName="title_list_49325" ref="A1:L831" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:L831" xr:uid="{82CEA356-3EB2-494B-A76A-904C38F8CA55}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{BC227F4A-7673-434E-8820-22D58A92A34B}" name="title_list_49325" displayName="title_list_49325" ref="A1:L831" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:L831" xr:uid="{BC227F4A-7673-434E-8820-22D58A92A34B}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:L831">
     <sortCondition ref="B1:B831"/>
   </sortState>
   <tableColumns count="12">
-    <tableColumn id="1" xr3:uid="{1F3F4555-F805-451C-ABB0-2ED9A037AD6B}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...10 lines deleted...]
-    <tableColumn id="12" xr3:uid="{4DF56BB8-E91A-4FA3-81CC-2029C490BBDD}" uniqueName="12" name="Coverage (Date Range)" queryTableFieldId="12" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{8FAB6DA0-BBCF-4B65-9E5D-49049F26F090}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{0674AA4A-3D0F-4A2A-B779-07923332BC30}" uniqueName="2" name="Name[913664]" queryTableFieldId="2" dataDxfId="9"/>
+    <tableColumn id="3" xr3:uid="{C0545834-7B58-4AF5-8D2D-3041A4FAC6C0}" uniqueName="3" name="Resource Type[913668]" queryTableFieldId="3" dataDxfId="8"/>
+    <tableColumn id="4" xr3:uid="{E532AD0D-928C-4F12-AC98-64617F79659F}" uniqueName="4" name="ISSN[913678]" queryTableFieldId="4" dataDxfId="7"/>
+    <tableColumn id="5" xr3:uid="{1BDD6A9B-AB96-4D24-862E-6C0AA602215D}" uniqueName="5" name="OCLC[913676]" queryTableFieldId="5"/>
+    <tableColumn id="6" xr3:uid="{394DF608-F8B8-4DDA-8A6F-15A6A9D4BED3}" uniqueName="6" name="Place of Publication[913677]" queryTableFieldId="6" dataDxfId="6"/>
+    <tableColumn id="7" xr3:uid="{1575E37F-23FE-40FF-B548-1A99F319C1B4}" uniqueName="7" name="Relation[1350257]" queryTableFieldId="7" dataDxfId="5"/>
+    <tableColumn id="8" xr3:uid="{070E0223-881D-47F4-8DB0-6156BC1E3A2C}" uniqueName="8" name="Series[1604722]" queryTableFieldId="8" dataDxfId="4"/>
+    <tableColumn id="9" xr3:uid="{FA641149-1356-4224-A730-E77669E4B49D}" uniqueName="9" name="JSTOR URL" queryTableFieldId="9" dataDxfId="3"/>
+    <tableColumn id="10" xr3:uid="{60812480-3013-43F9-AD57-CEE03B3DF3D1}" uniqueName="10" name="Earliest Exact Date" queryTableFieldId="10" dataDxfId="1"/>
+    <tableColumn id="11" xr3:uid="{2395130D-59A8-4811-B5F9-E8E2C131E937}" uniqueName="11" name="Latest Exact Date" queryTableFieldId="11" dataDxfId="0"/>
+    <tableColumn id="12" xr3:uid="{AD0709CD-C626-4D0B-B688-6FCAB5200C1C}" uniqueName="12" name="Coverage (Date Range)" queryTableFieldId="12" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -7777,51 +7777,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E6743266-405C-442F-B5EE-15A772F17E9F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6450238A-2256-487A-BB82-785F9C0EBD3E}">
   <dimension ref="A1:L831"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="65.54296875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.6328125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.36328125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="69.54296875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="18.54296875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="17.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="22.08984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -39185,55 +39185,55 @@
         <v>1471</v>
       </c>
       <c r="J831" s="2">
         <v>27395</v>
       </c>
       <c r="K831" s="2">
         <v>28065</v>
       </c>
       <c r="L831" s="1" t="s">
         <v>547</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A K 8 E A A B Q S w M E F A A C A A g A V Y N B W 1 y V C z + k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L a D R k E 9 Z u J X E h G j c N r V C I 3 w M F M v d X H g k r y B G U X c u 5 8 1 b z N y v N 0 i H u v I u u u 1 M g w k J K C e e R t U c D B Y J 6 e 3 R X 5 J U w E a q k y y 0 N 8 r Y x U N 3 S E h p 7 T l m z D l H X U S b t m A h 5 w H b Z + t c l b q W 5 C O b / 7 J v s L M S l S Y C d q 8 x I q T B b E H n P K I c 2 A Q h M / g V w n H v s / 2 B s O o r 2 7 d a a P S 3 O b A p A n t / E A 9 Q S w M E F A A C A A g A V Y N B W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A F W D Q V t 9 m D p G q Q E A A C k D A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A C F k l t v m z A U g N 8 j 5 T 9 Y 9 I V I F A W S k H U V D x N k W q Y o z Q J 9 C n l w 4 T S 1 5 E t l H 7 J W U f / 7 T J 2 p 2 4 I 0 X r D P 9 / l c M A Z q Z E q S w r 2 j 2 + F g O D B P V E N D r j x k y O G a M 4 P X 0 5 t J P P N I S j j g c E D s U 6 h W 1 2 A j m T m G u a p b A R L 9 r 4 x D m C m J d m N 8 L / t c 3 R v Q p h K q V l I q X e X q p + S K N q Z C 8 V z 9 W y G s z d E b B b s c O B M M Q a d e 4 A U k U 7 w V 0 q R R H J C F r F X D 5 C F N Z u N x F J A f r U I o 8 J V D + r E M 1 0 r C f h S 4 V q + 8 j V b C s o Z 8 A 9 r Y f r p J S v p g x T M 5 x 3 0 3 V U B 2 5 / g X z o u a c q p N i r r 9 M 2 X 2 R O X B Z i x f n + E j X a m p N I 9 K C 9 d y B 4 3 f U z 8 4 n b w S t C D L 3 M 6 3 l J h M w 0 5 + C 8 j J W 1 M B u 5 t o k i T T v a V o 4 w T h B d / h F o z 7 8 p 3 u r E + X 1 r I o 1 u 9 w 3 g P v s l X m Y L K / r L 7 h 1 G Z X j 2 T T P n B W 0 + 7 H c P a 8 r x v u h G g y G 8 e z H q M A z c D s o m Q 8 n c f x J f 9 e l H d b c r 9 d X Z A F 1 d w e R b J 4 o T W S n C L 8 d h q 7 R i Z c w y u 7 + b + V q S N o e g D i d w r Z d r c 3 + q v m 2 2 g 4 Y L L 3 f m 9 / A V B L A Q I t A B Q A A g A I A F W D Q V t c l Q s / p A A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B V g 0 F b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D w A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A F W D Q V t 9 m D p G q Q E A A C k D A A A T A A A A A A A A A A A A A A A A A O E B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A N c D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P v o Q A A A A A A A A 2 B A A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z M D B l Z j g 3 Z W Y t N m R l Y S 0 0 Y W Q w L W I z Y j M t M D A 2 Z j k y Y j M 0 Y z c w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 3 R p d G x l X 2 x p c 3 R f N D k z M j U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s O D M w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 1 L T E w L T A x V D I w O j I 2 O j Q y L j I 1 O D I z M j l a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q X d Z R 0 J n T U d C Z 1 l H Q n d j R y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t U Z X J t I E l E J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 h b W V b O T E z N j Y 0 X S Z x d W 9 0 O y w m c X V v d D t S Z X N v d X J j Z S B U e X B l W z k x M z Y 2 O F 0 m c X V v d D s s J n F 1 b 3 Q 7 S V N T T l s 5 M T M 2 N z h d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 D T E N b O T E z N j c 2 X S Z x d W 9 0 O y w m c X V v d D t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s 5 M T M 2 N z d d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u W z E z N T A y N T d d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l c m l l c 1 s x N j A 0 N z I y X S Z x d W 9 0 O y w m c X V v d D t K U 1 R P U i B V U k w m c X V v d D s s J n F 1 b 3 Q 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x M i w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s 5 M T M 2 N j R d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s 5 M T M 2 N j h d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s 5 M T M 2 N z h d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s 5 M T M 2 N z Z d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b O T E z N j c 3 X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z E z N T A y N T d d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 V y a W V z W z E 2 M D Q 3 M j J d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M X 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E y L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b O T E z N j Y 0 X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b O T E z N j Y 4 X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b O T E z N j c 4 X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b O T E z N j c 2 X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z k x M z Y 3 N 1 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s x M z U w M j U 3 X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N l c m l l c 1 s x N j A 0 N z I y X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T F 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v U H J v b W 9 0 Z W Q l M j B I Z W F k Z X J z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 D a G F u Z 2 V k J T I w V H l w Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A A T 1 P o D V d y 0 R I A 6 h a N 1 n + q T A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A H 4 x L u K E A e b D h 1 6 D F p b c + X f f t e 6 M 4 4 G / 0 I c Q Z D x P e D u V A A A A A A 6 A A A A A A g A A I A A A A K 7 M s a p j e n e 1 F 8 R k X z 7 H b j X K e 0 f B g y 8 c p K B M v d T F R c P k U A A A A I u A o C O K Y N h 8 Y e 2 A y l b 4 m r 2 a F W 7 u H g N t Y / / T I Y 9 w N / o 4 3 Q 0 0 H 3 N Z a H p w m h c s 4 r a s G f j c n W 0 Z i 1 b j r L q Z d y Y C c F u 6 n x M C q t R m n I s Z / 9 Y n u v + M Q A A A A A m I 7 H F x v c J l D q U h I / o K 9 o Y M 0 I m 8 G 6 g V g u E P A x O z c A l O P N m P R m J Z z D M g s o x g J W E N C C p S + D S z S k 7 f X t r y 4 8 x E 0 n 0 = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A K 4 E A A B Q S w M E F A A C A A g A m 4 C B W / l h B / S j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L e h A y K M M r p K Y E I 1 r U y o 2 w s P Q Y v k 3 B z / J X x C j q J v j P f c M 9 9 6 v N 8 j H t g k u u r e m w 4 x E l J N A o + o q g 3 V G B n c I E 5 I L 2 E h 1 k r U O J h l t O t o q I 0 f n z i l j 3 n v q F 7 T r a x Z z H r F 9 s S 7 V U b e S f G T z X w 4 N W i d R a S J g 9 x o j Y h o t E x r z a R O w G U J h 8 C v E U / d s f y C s h s Y N v R Y a w 2 0 J b I 7 A 3 h / E A 1 B L A w Q U A A I A C A C b g I F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A m 4 C B W 3 2 Y O k a p A Q A A K Q M A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A I W S W 2 + b M B S A 3 y P l P 1 j 0 h U g U B Z K Q d R U P E 2 R a p i j N A n 0 K e X D h N L X k S 2 U f s l Z R / / t M n a n b g j R e s M / 3 + V w w B m p k S p L C v a P b 4 W A 4 M E 9 U Q 0 O u P G T I 4 Z o z g 9 f T m 0 k 8 8 0 h K O O B w Q O x T q F b X Y C O Z O Y a 5 q l s B E v 2 v j E O Y K Y l 2 Y 3 w v + 1 z d G 9 C m E q p W U i p d 5 e q n 5 I o 2 p k L x X P 1 b I a z N 0 R s F u x w 4 E w x B p 1 7 g B S R T v B X S p F E c k I W s V c P k I U 1 m 4 3 E U k B + t Q i j w l U P 6 s Q z X S s J + F L h W r 7 y N V s K y h n w D 2 t h + u k l K + m D F M z n H f T d V Q H b n + B f O i 5 p y q k 2 K u v 0 z Z f Z E 5 c F m L F + f 4 S N d q a k 0 j 0 o L 1 3 I H j d 9 T P z i d v B K 0 I M v c z r e U m E z D T n 4 L y M l b U w G 7 m 2 i S J N O 9 p W j j B O E F 3 + E W j P v y n e 6 s T 5 f W s i j W 7 3 D e A + + y V e Z g s r + s v u H U Z l e P Z N M + c F b T 7 s d w 9 r y v G + 6 E a D I b x 7 M e o w D N w O y i Z D y d x / E l / 1 6 U d 1 t y v 1 1 d k A X V 3 B 5 F s n i h N Z K c I v x 2 G r t G J l z D K 7 v 5 v 5 W p I 2 h 6 A O J 3 C t l 2 t z f 6 q + b b a D h g s v d + b 3 8 B U E s B A i 0 A F A A C A A g A m 4 C B W / l h B / S j A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A J u A g V s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A O 8 A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A m 4 C B W 3 2 Y O k a p A Q A A K Q M A A B M A A A A A A A A A A A A A A A A A 4 A E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A 1 g M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + + h A A A A A A A A D Y E A A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n N j M G V j N G M 4 O C 0 y O D E 4 L T R i M z Y t O G E 4 M C 1 k M m Q 4 N W U 5 M G Q w M W U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d G l 0 b G V f b G l z d F 8 0 O T M y N S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w 4 M z A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M T I t M D F U M j E 6 M D Q 6 N T Q u M T U 2 M T Q y O V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 1 l H Q m d N R 0 J n W U d C d 2 N H I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 R l c m 0 g S U Q m c X V v d D s s J n F 1 b 3 Q 7 T m F t Z V s 5 M T M 2 N j R d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l c 2 9 1 c m N l I F R 5 c G V b O T E z N j Y 4 X S Z x d W 9 0 O y w m c X V v d D t J U 1 N O W z k x M z Y 3 O F 0 m c X V v d D s s J n F 1 b 3 Q 7 T 0 N M Q 1 s 5 M T M 2 N z Z d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z k x M z Y 3 N 1 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 b M T M 1 M D I 1 N 1 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V y a W V z W z E 2 M D Q 3 M j J d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 p T V E 9 S I F V S T C Z x d W 9 0 O y w m c X V v d D t F Y X J s a W V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 x h d G V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E y L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z k x M z Y 2 N F 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z k x M z Y 2 O F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z k x M z Y 3 O F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z k x M z Y 3 N l 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s 5 M T M 2 N z d d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M T M 1 M D I 1 N 1 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T Z X J p Z X N b M T Y w N D c y M l 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E x f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T I s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s 5 M T M 2 N j R d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s 5 M T M 2 N j h d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s 5 M T M 2 N z h d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s 5 M T M 2 N z Z d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b O T E z N j c 3 X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z E z N T A y N T d d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 V y a W V z W z E 2 M D Q 3 M j J d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M X 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N D k z M j U v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 0 O T M y N S 9 Q c m 9 t b 3 R l Z C U y M E h l Y W R l c n M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Q 5 M z I 1 L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A M B 6 Z W a Z c v N D r w k D u s s Y j O c A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A t g 2 p R W 2 v 0 / K w J b A f b q i g 1 Y m a K m 4 1 X x j k P P 2 E h U 8 W V + g A A A A A D o A A A A A C A A A g A A A A g p e 6 h 1 c F E 2 Y E W m c J f C Y c v O q H j o B o 9 v r q 1 X r 7 3 t Q l + 8 1 Q A A A A j K 5 u b o 6 6 Y S L f 2 L + l r 5 t Y c Y 7 f w F C V H A G h W Y F q y f J 4 M T 8 B t M R O 8 U X A u 6 m v f x 6 2 3 b z X X G h a 9 c 4 Z D 0 N i + Q p s r 5 M 5 x N b 7 F d Z W m V e h 1 M r S Z 0 m t g i Z A A A A A 4 Z z d A C n F p + M H T 6 h u g o D K R N B R W o w h n 7 M R T k N 2 M 6 / M 3 C 5 S L F I T u P E C D Q E w d H Q e b D Y 1 K c T X 0 n F q W Z W / w q 4 w + j 6 G i g = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A23A11C2-3375-4B5A-8FCD-606B0EC9F922}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B9FC802-9090-4BE3-96EC-3039FFA1951C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-49325</vt:lpstr>
     </vt:vector>