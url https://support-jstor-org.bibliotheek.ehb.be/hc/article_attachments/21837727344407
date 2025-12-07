--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,90 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{90F7AC41-066B-4E6B-9EC4-4F89280D9C67}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2F539807-09BE-4E1F-870B-4423456D562C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="13950" windowWidth="25600" windowHeight="14130" xr2:uid="{044DB992-3BE7-4BCA-A402-8C5F158A8168}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{134387BB-987F-4738-9CBD-0540D3EDAA6A}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-60901" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-60901'!$A$1:$N$240</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{A0C62280-9CF5-4AE6-9DD8-B797729FB985}" keepAlive="1" name="Query - title-list-60901" description="Connection to the 'title-list-60901' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{FCDC9507-7C24-49B2-B005-47020710BB69}" keepAlive="1" name="Query - title-list-60901" description="Connection to the 'title-list-60901' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-60901;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-60901]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2643" uniqueCount="1335">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[1146457]</t>
   </si>
   <si>
     <t>Resource Type[1146460]</t>
   </si>
   <si>
     <t>ISSN[1147578]</t>
   </si>
   <si>
     <t>OCLC[1147579]</t>
   </si>
   <si>
     <t>Place of Publication[1147582]</t>
   </si>
@@ -2824,51 +2824,51 @@
   <si>
     <t>https://www.jstor.org/site/reveal-digital/american-prison-newspapers/focalpointthe-32399442</t>
   </si>
   <si>
     <t>2017 - 2019</t>
   </si>
   <si>
     <t>Gold Rush Chronicle</t>
   </si>
   <si>
     <t>55490028</t>
   </si>
   <si>
     <t>Rush City, MN</t>
   </si>
   <si>
     <t>Minnesota Correctional Facility-Rush City</t>
   </si>
   <si>
     <t>Minnesota Legislative Reference Library|Minnesota Correctional Facility-Rush City (Minnesota Department of Corrections)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/american-prison-newspapers/goldrushchronicle-32399443</t>
   </si>
   <si>
-    <t>2010 - 2024</t>
+    <t>2010 - 2025</t>
   </si>
   <si>
     <t>Lino Ledger, The</t>
   </si>
   <si>
     <t>26376744</t>
   </si>
   <si>
     <t>Lino Lakes, MN</t>
   </si>
   <si>
     <t>Minnesota Correctional Facility-Lino Lakes</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/american-prison-newspapers/linoledgerthe-32399444</t>
   </si>
   <si>
     <t>2015 - 2019</t>
   </si>
   <si>
     <t>Pillar, The</t>
   </si>
   <si>
     <t>2252692</t>
   </si>
@@ -3199,66 +3199,66 @@
   <si>
     <t>B.B. Rayburn Correctional Institute|Washington Correctional Institute</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/american-prison-newspapers/chainlinkchronicle-32393193</t>
   </si>
   <si>
     <t>1998 - 2022</t>
   </si>
   <si>
     <t>Straight Low</t>
   </si>
   <si>
     <t>6601871</t>
   </si>
   <si>
     <t>Jackson, LA</t>
   </si>
   <si>
     <t>Dixon Correctional Institute</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/american-prison-newspapers/straightlow-32393194</t>
   </si>
   <si>
-    <t>1978 - 2021</t>
+    <t>1978 - 2023</t>
   </si>
   <si>
     <t>Dixon Digest</t>
   </si>
   <si>
     <t>45785942</t>
   </si>
   <si>
     <t>Tulane University|Louisiana State University</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/american-prison-newspapers/dixondigest-32393195</t>
   </si>
   <si>
-    <t>2000 - 2022</t>
+    <t>2000 - 2023</t>
   </si>
   <si>
     <t>Hot Topics</t>
   </si>
   <si>
     <t>1300753708</t>
   </si>
   <si>
     <t>Martin University</t>
   </si>
   <si>
     <t>Continued by: &lt;a target="_blank" href="/site/reveal-digital/american-prison-newspapers/hillthe-32388125"&gt;The Hill&lt;/a&gt;</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/american-prison-newspapers/hottopics-32388123</t>
   </si>
   <si>
     <t>2012 - 2013</t>
   </si>
   <si>
     <t>Plain Vision</t>
   </si>
   <si>
     <t>Plainfield Correctional Facility</t>
   </si>
@@ -4051,51 +4051,51 @@
   <si>
     <t>Awareness Project</t>
   </si>
   <si>
     <t>Bimonthly (irregular)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/american-prison-newspapers/sunfighter-29237591</t>
   </si>
   <si>
     <t>1164805640</t>
   </si>
   <si>
     <t>University of Washington Bothell Library (Washington Prison History Project)|Private Donor</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/american-prison-newspapers/washingtonprisonnewsservice-29237592</t>
   </si>
   <si>
     <t>1981 - 1983</t>
   </si>
   <si>
     <t>1978 - 1984</t>
   </si>
   <si>
-    <t>1953 - 2019</t>
+    <t>1953 - 2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd"/>
   </numFmts>
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4156,97 +4156,97 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{B82C3071-12CA-416D-BC83-432E48DEDC19}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{0BF81B77-0D0D-4ABE-AAA9-4350A422213D}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="15">
     <queryTableFields count="14">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[1146457]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[1146460]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[1147578]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[1147579]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[1147582]" tableColumnId="6"/>
       <queryTableField id="7" name="Publisher[1147581]" tableColumnId="7"/>
       <queryTableField id="8" name="Frequency[1149788]" tableColumnId="8"/>
       <queryTableField id="9" name="Relation[1176363]" tableColumnId="9"/>
       <queryTableField id="10" name="Source Provided By[1147583]" tableColumnId="10"/>
       <queryTableField id="11" name="JSTOR URL" tableColumnId="11"/>
       <queryTableField id="12" name="Earliest Exact Date" tableColumnId="12"/>
       <queryTableField id="13" name="Latest Exact Date" tableColumnId="13"/>
       <queryTableField id="14" name="Coverage (Date Range)" tableColumnId="14"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{43CBEE14-62FF-425A-9932-C0E774D11411}" name="title_list_60901" displayName="title_list_60901" ref="A1:N240" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:N240" xr:uid="{43CBEE14-62FF-425A-9932-C0E774D11411}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{F7279895-0BA6-4DAD-B50F-8684FA0DBFE6}" name="title_list_60901" displayName="title_list_60901" ref="A1:N240" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:N240" xr:uid="{F7279895-0BA6-4DAD-B50F-8684FA0DBFE6}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N240">
     <sortCondition ref="B1:B240"/>
   </sortState>
   <tableColumns count="14">
-    <tableColumn id="1" xr3:uid="{300229FF-173E-468F-8C56-E6DCC8ADF86B}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...12 lines deleted...]
-    <tableColumn id="14" xr3:uid="{36EA289D-8698-4945-962C-9F9BF32476E4}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{D3CED270-87EC-47D8-8BD6-A0C32BB61EEF}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{AF814C77-B9AA-474B-B81B-8FD4B0141BAA}" uniqueName="2" name="Name[1146457]" queryTableFieldId="2" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{ACA9CD0F-1B80-488D-858A-3EBFA53E542A}" uniqueName="3" name="Resource Type[1146460]" queryTableFieldId="3" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{80686235-D63C-41D8-96D1-1EF9CEDF1F97}" uniqueName="4" name="ISSN[1147578]" queryTableFieldId="4" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{4B60A95A-0795-4EDB-8031-021A3C930ADA}" uniqueName="5" name="OCLC[1147579]" queryTableFieldId="5" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{9BB58042-986D-4E82-BAE9-68040DF54E16}" uniqueName="6" name="Place of Publication[1147582]" queryTableFieldId="6" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{D2670102-3259-4A43-9DEA-9ED7D9188A1F}" uniqueName="7" name="Publisher[1147581]" queryTableFieldId="7" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{31BB52CC-3015-4D65-AC60-EA65E58205D7}" uniqueName="8" name="Frequency[1149788]" queryTableFieldId="8" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{6CA513D6-C8C4-4559-858D-310F207E6690}" uniqueName="9" name="Relation[1176363]" queryTableFieldId="9" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{C8840EE3-8BCD-4043-AFE9-036F52930BB5}" uniqueName="10" name="Source Provided By[1147583]" queryTableFieldId="10" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{EEF5EB07-793A-4A85-9B48-3F30B825CC45}" uniqueName="11" name="JSTOR URL" queryTableFieldId="11" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{1FF6C2A8-AD32-4A15-8ED3-8741FD64F502}" uniqueName="12" name="Earliest Exact Date" queryTableFieldId="12" dataDxfId="1"/>
+    <tableColumn id="13" xr3:uid="{6DE3B3DA-1F06-4B90-8C75-0BD9A21A9E9B}" uniqueName="13" name="Latest Exact Date" queryTableFieldId="13" dataDxfId="0"/>
+    <tableColumn id="14" xr3:uid="{DF9204A8-7DDD-407C-9CBC-35300C8D6E6C}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -4528,51 +4528,51 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BCDC75E6-8972-430A-AA33-9185C3A666FA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C447735D-D149-4B58-B02E-76874AB764FF}">
   <dimension ref="A1:N240"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="53" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="23.7265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="48.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="26.36328125" bestFit="1" customWidth="1"/>
     <col min="9" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="22.08984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -4939,51 +4939,51 @@
       <c r="E9" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>1101</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="K9" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="L9" s="2">
         <v>19628</v>
       </c>
       <c r="M9" s="2">
-        <v>43770</v>
+        <v>44501</v>
       </c>
       <c r="N9" s="1" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10">
         <v>32397503</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>993</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>994</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>995</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>996</v>
       </c>
       <c r="G10" s="1" t="s">
@@ -6303,51 +6303,51 @@
       <c r="E40" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>46</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J40" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="K40" s="1" t="s">
         <v>1054</v>
       </c>
       <c r="L40" s="2">
         <v>36678</v>
       </c>
       <c r="M40" s="2">
-        <v>44562</v>
+        <v>44927</v>
       </c>
       <c r="N40" s="1" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A41">
         <v>35203742</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>387</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>388</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>389</v>
       </c>
       <c r="G41" s="1" t="s">
@@ -7095,51 +7095,51 @@
       <c r="E58" s="1" t="s">
         <v>920</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>921</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>922</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>199</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J58" s="1" t="s">
         <v>923</v>
       </c>
       <c r="K58" s="1" t="s">
         <v>924</v>
       </c>
       <c r="L58" s="2">
         <v>40391</v>
       </c>
       <c r="M58" s="2">
-        <v>45536</v>
+        <v>45717</v>
       </c>
       <c r="N58" s="1" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A59">
         <v>32967973</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>807</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G59" s="1" t="s">
@@ -9993,51 +9993,51 @@
       <c r="E124" s="1" t="s">
         <v>233</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>234</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>235</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>17</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J124" s="1" t="s">
         <v>235</v>
       </c>
       <c r="K124" s="1" t="s">
         <v>236</v>
       </c>
       <c r="L124" s="2">
         <v>35521</v>
       </c>
       <c r="M124" s="2">
-        <v>45748</v>
+        <v>45839</v>
       </c>
       <c r="N124" s="1" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A125">
         <v>35944828</v>
       </c>
       <c r="B125" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C125" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>221</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>222</v>
       </c>
       <c r="G125" s="1" t="s">
@@ -13601,51 +13601,51 @@
       <c r="E206" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>1048</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>308</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J206" s="1" t="s">
         <v>1036</v>
       </c>
       <c r="K206" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="L206" s="2">
         <v>28839</v>
       </c>
       <c r="M206" s="2">
-        <v>44228</v>
+        <v>44927</v>
       </c>
       <c r="N206" s="1" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="207" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A207">
         <v>36656780</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>99</v>
       </c>
       <c r="C207" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>100</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>101</v>
       </c>
       <c r="G207" s="1" t="s">
@@ -15115,55 +15115,55 @@
       <c r="K240" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="L240" s="2">
         <v>32203</v>
       </c>
       <c r="M240" s="2">
         <v>32295</v>
       </c>
       <c r="N240" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M w E A A B Q S w M E F A A C A A g A y 4 N B W 1 y V C z + k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L a D R k E 9 Z u J X E h G j c N r V C I 3 w M F M v d X H g k r y B G U X c u 5 8 1 b z N y v N 0 i H u v I u u u 1 M g w k J K C e e R t U c D B Y J 6 e 3 R X 5 J U w E a q k y y 0 N 8 r Y x U N 3 S E h p 7 T l m z D l H X U S b t m A h 5 w H b Z + t c l b q W 5 C O b / 7 J v s L M S l S Y C d q 8 x I q T B b E H n P K I c 2 A Q h M / g V w n H v s / 2 B s O o r 2 7 d a a P S 3 O b A p A n t / E A 9 Q S w M E F A A C A A g A y 4 N B W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A M u D Q V v 3 z n a I x g E A A H 8 D A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A C F k l F v m z A Q x 9 8 j 5 T t Y 9 I V I F M G a Q L K K h w 1 S L V O U Z k C f Q h 9 c u C a W j N 3 Z J m 0 U 9 b v P H l R t B 9 J 4 s X 3 / n + 5 / d 5 y E U h H O U N a e / v V 4 N B 7 J A x Z Q o Q t L E U X h k h K p L g N v 4 f k W i h A F N R 4 h / W W 8 E S X o S C y P b s L L p g a m 7 B t C w Y 0 5 U / o h b S v + W t x J E L K o e c k Z 4 6 J I + D O j H F e y U P V T 8 a + D W 8 q j N X F 2 C V B S E w U i s h z L Q T G n T c 1 k 5 E 8 d t G Q l r w j b R 8 H M 8 3 w H / W q 4 g k y d K E T v V 3 f D G d x P n L b U C 2 s r e K 2 1 C v 0 A X O l 6 T C c 5 f t B g p 3 R x u + 3 K Q b s u / o 3 S r M Q U C x k p 0 X x M G R 8 w 2 + u M + e k J 3 t P l A j P 5 y E X d l m x E a Q / 4 O + e z l Y O o 0 S r R / a 2 Y C q a u g V 8 d d L Y 2 u I a d 7 0 + D 6 S y 8 1 7 L S A l L w o v 6 q K c h 2 9 I Z v s c D r Y 6 s s 2 x g 1 n I X z v n o b r + N O X f T V L c U 6 P 3 9 E 2 + a B k h K b 3 W j p + Z c B 2 k D y A K J D / D 5 y I + B 3 A 6 w 8 G W Q R z g c q S o G + + Y T B V X D V J 7 q N 0 7 M 8 k k r P 8 v u p M x x g f 2 b 5 b Y r u 0 n V P W W J B C U i F l i + 4 V C j B C t 6 Y S t 8 V q d u f s N a P / 1 M x P 4 L A e 0 C 2 Q V B q d m L y y f N 1 M h 4 R N r g 1 1 3 8 A U E s B A i 0 A F A A C A A g A y 4 N B W 1 y V C z + k A A A A 9 g A A A B I A A A A A A A A A A A A A A A A A A A A A A E N v b m Z p Z y 9 Q Y W N r Y W d l L n h t b F B L A Q I t A B Q A A g A I A M u D Q V s P y u m r p A A A A O k A A A A T A A A A A A A A A A A A A A A A A P A A A A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s U E s B A i 0 A F A A C A A g A y 4 N B W / f O d o j G A Q A A f w M A A B M A A A A A A A A A A A A A A A A A 4 Q E A A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 1 Q S w U G A A A A A A M A A w D C A A A A 9 A M A A A A A E A E A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P F B l c m 1 p c 3 N p b 2 5 M a X N 0 I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P m Z h b H N l P C 9 D Y W 5 F d m F s d W F 0 Z U Z 1 d H V y Z V B h Y 2 t h Z 2 V z P j x G a X J l d 2 F s b E V u Y W J s Z W Q + d H J 1 Z T w v R m l y Z X d h b G x F b m F i b G V k P j w v U G V y b W l z c 2 l v b k x p c 3 Q + t x I A A A A A A A C V E g A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l I H h t b G 5 z O n h z Z D 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E i I H h t b G 5 z O n h z a T 0 i a H R 0 c D o v L 3 d 3 d y 5 3 M y 5 v c m c v M j A w M S 9 Y T U x T Y 2 h l b W E t a W 5 z d G F u Y 2 U i P j x J d G V t c z 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 B b G x G b 3 J t d W x h c z w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o I C 8 + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n N m M D Y 1 N 2 M 5 N y 1 h O G I y L T R j N T g t Y j J k M C 0 y Y m Z l N T Z l O T c x Y W E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d G l 0 b G V f b G l z d F 8 2 M D k w M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w y N D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M T A t M D F U M j A 6 M z A 6 M j I u M D M 1 M z A 1 O V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 1 l H Q m d Z R 0 J n W U d C Z 1 l I Q n d Z P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t U Z X J t I E l E J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 h b W V b M T E 0 N j Q 1 N 1 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V z b 3 V y Y 2 U g V H l w Z V s x M T Q 2 N D Y w X S Z x d W 9 0 O y w m c X V v d D t J U 1 N O W z E x N D c 1 N z h d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 D T E N b M T E 0 N z U 3 O V 0 m c X V v d D s s J n F 1 b 3 Q 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M T E 0 N z U 4 M l 0 m c X V v d D s s J n F 1 b 3 Q 7 U H V i b G l z a G V y W z E x N D c 1 O D F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 Z y Z X F 1 Z W 5 j e V s x M T Q 5 N z g 4 X S Z x d W 9 0 O y w m c X V v d D t S Z W x h d G l v b l s x M T c 2 M z Y z X S Z x d W 9 0 O y w m c X V v d D t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M T E 0 N z U 4 M 1 0 m c X V v d D s s J n F 1 b 3 Q 7 S l N U T 1 I g V V J M J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M T E 0 N j Q 1 N 1 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z E x N D Y 0 N j B d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s x M T Q 3 N T c 4 X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M T E 0 N z U 3 O V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s x M T Q 3 N T g y X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s x M T Q 3 N T g x X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s x M T Q 5 N z g 4 X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z E x N z Y z N j N d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z E x N D c 1 O D N d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s x M T Q 2 N D U 3 X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M T E 0 N j Q 2 M F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z E x N D c 1 N z h d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s x M T Q 3 N T c 5 X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z E x N D c 1 O D J d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z E x N D c 1 O D F d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z E x N D k 3 O D h d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M T E 3 N j M 2 M 1 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M T E 0 N z U 4 M 1 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v U H J v b W 9 0 Z W Q l M j B I Z W F k Z X J z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 D a G F u Z 2 V k J T I w V H l w Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P C 9 J d G V t c z 4 8 L 0 x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z T 4 W A A A A U E s F B g A A A A A A A A A A A A A A A A A A A A A A A C Y B A A A B A A A A 0 I y d 3 w E V 0 R G M e g D A T 8 K X 6 w E A A A A T 1 P o D V d y 0 R I A 6 h a N 1 n + q T A A A A A A I A A A A A A B B m A A A A A Q A A I A A A A F p I Z C 7 t a K M k X n P f K G B o m 9 e 6 K T W E l L i h p Y F P s U w O f B k h A A A A A A 6 A A A A A A g A A I A A A A N F 8 G R W N 7 B 4 X l 6 x s o f 0 r J B 8 O s 7 p V 7 f f I A 0 w 5 M M K P k G T Y U A A A A N K k 2 j n h V c V z l 2 j o y A W i n U W Y H a e K w P W G N L S 7 F V m C d u P t p 4 Y S Q y h 6 S u v q e q Y 0 J P 5 O y Z V r a 9 N t r s x 8 H 8 Q t N n l q J 5 U k S Y h X g q j P N T A I 0 Y P 1 B c A o Q A A A A O Y 1 s j 8 o T K R z 7 7 2 t A 1 b j H F m 1 Q 6 w I 1 c V U 7 7 X 4 Z v t 1 I g e O s + A N X 9 n m R c m o v w B h K i b w V e u 8 J 0 e 9 4 d u A j u t X 2 p A U M Z E = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M s E A A B Q S w M E F A A C A A g A E o K B W / l h B / S j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L e h A y K M M r p K Y E I 1 r U y o 2 w s P Q Y v k 3 B z / J X x C j q J v j P f c M 9 9 6 v N 8 j H t g k u u r e m w 4 x E l J N A o + o q g 3 V G B n c I E 5 I L 2 E h 1 k r U O J h l t O t o q I 0 f n z i l j 3 n v q F 7 T r a x Z z H r F 9 s S 7 V U b e S f G T z X w 4 N W i d R a S J g 9 x o j Y h o t E x r z a R O w G U J h 8 C v E U / d s f y C s h s Y N v R Y a w 2 0 J b I 7 A 3 h / E A 1 B L A w Q U A A I A C A A S g o F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A E o K B W / f O d o j G A Q A A f w M A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A I W S U W + b M B D H 3 y P l O 1 j 0 h U g U w Z p A s o q H D V I t U 5 R m Q J 9 C H 1 y 4 J p a M 3 d k m b R T 1 u 8 8 e V G 0 H 0 n i x f f + f 7 n 9 3 n I R S E c 5 Q 1 p 7 + 9 X g 0 H s k D F l C h C 0 s R R e G S E q k u A 2 / h + R a K E A U 1 H i H 9 Z b w R J e h I L I 9 u w s u m B q b s G 0 L B j T l T + i F t K / 5 a 3 E k Q s q h 5 y R n j o k j 4 M 6 M c V 7 J Q 9 V P x r 4 N b y q M 1 c X Y J U F I T B S K y H M t B M a d N z W T k T x 2 0 Z C W v C N t H w c z z f A f 9 a r i C T J 0 o R O 9 X d 8 M Z 3 E + c t t Q L a y t 4 r b U K / Q B c 6 X p M J z l + 0 G C n d H G 7 7 c p B u y 7 + j d K s x B Q L G S n R f E w Z H z D b 6 4 z 5 6 Q n e 0 + U C M / n I R d 2 W b E R p D / g 7 5 7 O V g 6 j R K t H 9 r Z g K p q 6 B X x 1 0 t j a 4 h p 3 v T 4 P p L L z X s t I C U v C i / q o p y H b 0 h m + x w O t j q y z b G D W c h f O + e h u v 4 0 5 d 9 N U t x T o / f 0 T b 5 o G S E p v d a O n 5 l w H a Q P I A o k P 8 P n I j 4 H c D r D w Z Z B H O B y p K g b 7 5 h M F V c N U n u o 3 T s z y S S s / y + 6 k z H G B / Z v l t i u 7 S d U 9 Z Y k E J S I W W L 7 h U K M E K 3 p h K 3 x W p 2 5 + w 1 o / / U z E / g s B 7 Q L Z B U G p 2 Y v L J 8 3 U y H h E 2 u D X X f w B Q S w E C L Q A U A A I A C A A S g o F b + W E H 9 K M A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A E o K B W w / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 7 w A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A A S g o F b 9 8 5 2 i M Y B A A B / A w A A E w A A A A A A A A A A A A A A A A D g A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A D z A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 3 E g A A A A A A A J U S A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z A w N z V h M G E 5 L W E 3 M z Q t N D h m N C 1 i Y W Q 4 L W I 1 Y 2 F k N D c 2 N G E w Y S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N 0 a X R s Z V 9 s a X N 0 X z Y w O T A x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D I 0 M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N S 0 x M i 0 w M V Q y M T o x N j o z N i 4 4 M D k w N T Q y W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 F 3 W U d C Z 1 l H Q m d Z R 0 J n W U h C d 1 k 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 1 R l c m 0 g S U Q m c X V v d D s s J n F 1 b 3 Q 7 T m F t Z V s x M T Q 2 N D U 3 X S Z x d W 9 0 O y w m c X V v d D t S Z X N v d X J j Z S B U e X B l W z E x N D Y 0 N j B d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l T U 0 5 b M T E 0 N z U 3 O F 0 m c X V v d D s s J n F 1 b 3 Q 7 T 0 N M Q 1 s x M T Q 3 N T c 5 X S Z x d W 9 0 O y w m c X V v d D t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s x M T Q 3 N T g y X S Z x d W 9 0 O y w m c X V v d D t Q d W J s a X N o Z X J b M T E 0 N z U 4 M V 0 m c X V v d D s s J n F 1 b 3 Q 7 R n J l c X V l b m N 5 W z E x N D k 3 O D h d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u W z E x N z Y z N j N d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s x M T Q 3 N T g z X S Z x d W 9 0 O y w m c X V v d D t K U 1 R P U i B V U k w m c X V v d D s s J n F 1 b 3 Q 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S Z x d W 9 0 O y w m c X V v d D t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s x M T Q 2 N D U 3 X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M T E 0 N j Q 2 M F 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z E x N D c 1 N z h d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s x M T Q 3 N T c 5 X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z E x N D c 1 O D J d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z E x N D c 1 O D F d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z E x N D k 3 O D h d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M T E 3 N j M 2 M 1 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M T E 0 N z U 4 M 1 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z E x N D Y 0 N T d d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s x M T Q 2 N D Y w X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M T E 0 N z U 3 O F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z E x N D c 1 N z l d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M T E 0 N z U 4 M l 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M T E 0 N z U 4 M V 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M T E 0 O T c 4 O F 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s x M T c 2 M z Y z X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s x M T Q 3 N T g z X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t N j A 5 M D E v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 2 M D k w M S 9 Q c m 9 t b 3 R l Z C U y M E h l Y W R l c n M 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T Y w O T A x L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A M B 6 Z W a Z c v N D r w k D u s s Y j O c A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A t 2 1 m Q H W b d J A E M G 4 D w 3 Z E m y 6 Z R Q t M X T G g S Q T d C a s k i p s A A A A A D o A A A A A C A A A g A A A A u w K Q y Q 8 S a b Z p G X S 7 e G O X E d f 9 w 8 S o F 9 C Q p U z y K 2 r W w V F Q A A A A B B 4 q E l t X Y F I m 1 u M 2 9 j 4 B q N X a u H n l y y I f x 2 Y d D v d y Y I E d l o Z N c 8 a + A Y N S R z T r e E 0 V k u n + n a X c 1 l u Q W P m F N a i L v i v 6 9 6 5 C 7 U v U m G 9 M 6 4 F 5 U 7 9 A A A A A 5 u c 6 y i m R k q 3 n a U p x p E X T d A 3 t 6 m G 2 z s s R X E f E n 9 L D n 5 u X X J N P 8 L S h h h 1 r 2 Z L N T G J a q z C z 8 2 w s E s B f / Z 7 E 0 T G M / w = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EE8BF91-A9B0-4A88-BDC2-2DB0AC7682EB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97869C1A-B85A-483F-814B-08DF57BC65C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-60901</vt:lpstr>
     </vt:vector>