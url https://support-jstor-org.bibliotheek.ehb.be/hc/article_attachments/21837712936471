--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,149 +1,296 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\moconnor\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{83FDB56F-6766-44FE-BB0D-ED53726CE72D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{265391D4-9BD2-46F6-A16D-470F8A7EF5C4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{7188537A-CF83-4E2B-A129-6875D9A6C8DE}"/>
+    <workbookView xWindow="-90" yWindow="14040" windowWidth="25780" windowHeight="14130" xr2:uid="{C7B06714-C4EB-4D68-AEA2-DF51A4114712}"/>
   </bookViews>
   <sheets>
     <sheet name="title-list-139464" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-139464'!$A$1:$N$374</definedName>
+    <definedName name="ExternalData_1" localSheetId="0" hidden="1">'title-list-139464'!$A$1:$N$390</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
-  <connection id="1" xr16:uid="{8669EF4C-9925-4001-B7D3-BCA1DFC0B41F}" keepAlive="1" name="Query - title-list-139464" description="Connection to the 'title-list-139464' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
+  <connection id="1" xr16:uid="{71464C75-E941-48F5-81AB-D00F30E4E1C9}" keepAlive="1" name="Query - title-list-139464" description="Connection to the 'title-list-139464' query in the workbook." type="5" refreshedVersion="8" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=title-list-139464;Extended Properties=&quot;&quot;" command="SELECT * FROM [title-list-139464]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4117" uniqueCount="883">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4293" uniqueCount="927">
   <si>
     <t>Term ID</t>
   </si>
   <si>
     <t>Name[2264309]</t>
   </si>
   <si>
     <t>Resource Type[2264312]</t>
   </si>
   <si>
     <t>ISSN[2264318]</t>
   </si>
   <si>
     <t>OCLC[2264319]</t>
   </si>
   <si>
     <t>Place of Publication[2264320]</t>
   </si>
   <si>
     <t>Publisher[2264321]</t>
   </si>
   <si>
     <t>Frequency[2264322]</t>
   </si>
   <si>
     <t>Relation[2264323]</t>
   </si>
   <si>
     <t>Source Provided By[2264324]</t>
   </si>
   <si>
     <t>JSTOR URL</t>
   </si>
   <si>
     <t>Earliest Exact Date</t>
   </si>
   <si>
     <t>Latest Exact Date</t>
   </si>
   <si>
     <t>Coverage (Date Range)</t>
   </si>
   <si>
+    <t>Alabama: Politics, Participation of Negroes M.</t>
+  </si>
+  <si>
+    <t>Documents</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Tuskegee University</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/alabamapoliticsparticipationofnegroesm-41088357</t>
+  </si>
+  <si>
+    <t>1942 - 1942</t>
+  </si>
+  <si>
+    <t>Annual Reports</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/annualreports-41088358</t>
+  </si>
+  <si>
+    <t>1954 - 1988</t>
+  </si>
+  <si>
+    <t>Historical Documents and Papers of TGA-1941 thru 1988</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/historicaldocumentsandpapersoftga-1941thru1988-41088359</t>
+  </si>
+  <si>
+    <t>1941 - 1957</t>
+  </si>
+  <si>
+    <t>Letter to members of city board of education for Birmingham, AL</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/lettertomembersofcityboardofeducationforbirminghamal-41088360</t>
+  </si>
+  <si>
+    <t>Macon County Board of Registrars</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/maconcountyboardofregistrars-41088361</t>
+  </si>
+  <si>
+    <t>1947 - 1954</t>
+  </si>
+  <si>
+    <t>Macon County Registration of Voters, 1948</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/maconcountyregistrationofvoters1948-41088362</t>
+  </si>
+  <si>
+    <t>1948 - 1948</t>
+  </si>
+  <si>
+    <t>Macon County- Negro Leaders</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/maconcounty-negroleaders-41088363</t>
+  </si>
+  <si>
+    <t>1942 - 1950</t>
+  </si>
+  <si>
+    <t>Minutes Regular and Cabinet Meetings Jan 1958- December 1960</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/minutesregularandcabinetmeetingsjan1958-december1960-41088364</t>
+  </si>
+  <si>
+    <t>1958 - 1960</t>
+  </si>
+  <si>
+    <t>Minutes, Regular and Cabinet Meetings Jan. 1952 through Dec. 1954</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/minutesregularandcabinetmeetingsjan1952throughdec1954-41088365</t>
+  </si>
+  <si>
+    <t>1951 - 1954</t>
+  </si>
+  <si>
+    <t>Minutes, Regular and Cabinet Meetings- Jan.1955- Dec. 1957</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/minutesregularandcabinetmeetings-jan1955-dec1957-41088366</t>
+  </si>
+  <si>
+    <t>1955 - 1957</t>
+  </si>
+  <si>
+    <t>Officers list of</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/officerslistof-41088367</t>
+  </si>
+  <si>
+    <t>1957 - 1962</t>
+  </si>
+  <si>
+    <t>TCA</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/tca-41088368</t>
+  </si>
+  <si>
+    <t>1945 - 1955</t>
+  </si>
+  <si>
+    <t>TCA Reporter</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/tcareporter-41088369</t>
+  </si>
+  <si>
+    <t>1960 - 1960</t>
+  </si>
+  <si>
+    <t>TCA- Executive cabinet</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/tca-executivecabinet-41088370</t>
+  </si>
+  <si>
+    <t>1960 - 1963</t>
+  </si>
+  <si>
+    <t>Trends in Selected Aspects of Public Education for Negroes in Macon County, Alabama</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/trendsinselectedaspectsofpubliceducationfornegroesinmaconcountyalabama-41088371</t>
+  </si>
+  <si>
+    <t>1950 - 1950</t>
+  </si>
+  <si>
+    <t>Voter Education Project Correspondences</t>
+  </si>
+  <si>
+    <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/votereducationprojectcorrespondences-41088372</t>
+  </si>
+  <si>
+    <t>1963 - 1966</t>
+  </si>
+  <si>
     <t>Byrd, Harry Flood, Campaign Speech, 7 October 1952 (WRVA - 35)</t>
   </si>
   <si>
     <t>Broadcasts</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>Library of Virginia</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/byrdharryfloodcampaignspeech7october1952wrva-35-40281799</t>
   </si>
   <si>
     <t>1952 - 1952</t>
   </si>
   <si>
     <t>Richmond Junior Chamber of Commerce Rally, 1 October 1957 (WRVA - 82)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/richmondjuniorchamberofcommercerally1october1957wrva-82-40281800</t>
   </si>
   <si>
     <t>1957 - 1957</t>
   </si>
   <si>
     <t>Stanley, Thomas B., Announcement Calling for a Special Session of the Virginia General Assembly, 6 June 1956 (WRVA - 93)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/stanleythomasbannouncementcallingforaspecialsessionofthevirginiageneralassembly6june1956wrva-93-40281801</t>
   </si>
   <si>
     <t>1956 - 1956</t>
@@ -259,53 +406,50 @@
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/stanleythomasbaddresstogeneralassembly8january1958wrva-355-40281818</t>
   </si>
   <si>
     <t>Almond, J. Lindsay, Inaugural Address, 11 January 1958 (WRVA - 360)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/almondjlindsayinauguraladdress11january1958wrva-360-40281819</t>
   </si>
   <si>
     <t>1959 in Virginia, 31 December 1959 (WRVA - 369)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/1959invirginia31december1959wrva-369-40281820</t>
   </si>
   <si>
     <t>1959 - 1959</t>
   </si>
   <si>
     <t>Virginia 1960 News Highlights, 31 December 1960 (WRVA - 377)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/virginia1960newshighlights31december1960wrva-377-40281821</t>
   </si>
   <si>
-    <t>1960 - 1960</t>
-[...1 lines deleted...]
-  <si>
     <t>Almond, J. Lindsay, School Integration Speech, 20 January 1959 (WRVA - 386)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/almondjlindsayschoolintegrationspeech20january1959wrva-386-40281822</t>
   </si>
   <si>
     <t>Almond, J. Lindsay, Speech, 28 January 1959 (WRVA - 387)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/almondjlindsayspeech28january1959wrva-387-40281823</t>
   </si>
   <si>
     <t>Almond, J. Lindsay, Speech, 6 April 1959 (WRVA - 390)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/almondjlindsayspeech6april1959wrva-390-40281824</t>
   </si>
   <si>
     <t>Yearender 1963 (WRVA - 391)</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/yearender1963wrva-391-40281825</t>
   </si>
   <si>
     <t>1963 - 1963</t>
@@ -376,53 +520,50 @@
   <si>
     <t>Colorado Anti-Discrimination Commission Annual Report</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/coloradoanti-discriminationcommissionannualreport-40079844</t>
   </si>
   <si>
     <t>1956 - 1963</t>
   </si>
   <si>
     <t>Civil Rights Newsletter</t>
   </si>
   <si>
     <t>Newsletters</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/civilrightsnewsletter-40079843</t>
   </si>
   <si>
     <t>1964 - 1969</t>
   </si>
   <si>
     <t>Black Students League, 1969-May 1971</t>
   </si>
   <si>
-    <t>Documents</t>
-[...1 lines deleted...]
-  <si>
     <t>Haverford College</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/blackstudentsleague1969-may1971-40038425</t>
   </si>
   <si>
     <t>1969 - 1969</t>
   </si>
   <si>
     <t>Black Students League, 1971 August-December</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/blackstudentsleague1971august-december-40038426</t>
   </si>
   <si>
     <t>1971 - 1971</t>
   </si>
   <si>
     <t>Black Students League, February 1972</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/blackstudentsleaguefebruary1972-40038427</t>
   </si>
   <si>
     <t>1972 - 1972</t>
@@ -2053,53 +2194,50 @@
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/paperpublicschoolactionandresidentialsegregationinthesouthbendareacirca1980s-36599101</t>
   </si>
   <si>
     <t>1980 - 1980</t>
   </si>
   <si>
     <t>Paper "Equal Treatment of Blacks in the Rental Market in the City of South Bend, Indiana"; January 1985</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/paperequaltreatmentofblacksintherentalmarketinthecityofsouthbendindianajanuary1985-36599102</t>
   </si>
   <si>
     <t>Paper, "Racial and Ethnic Diversity and Change in the South Bend - Mishawaka Metropolitan Area"; November 1996</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/paperracialandethnicdiversityandchangeinthesouthbend-mishawakametropolitanareanovember1996-36599103</t>
   </si>
   <si>
     <t>Correspondence, John T. Frazer; September 21, 1948</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/correspondencejohntfrazerseptember211948-36599104</t>
   </si>
   <si>
-    <t>1948 - 1948</t>
-[...1 lines deleted...]
-  <si>
     <t>Correspondence, John T. Frazer; no date</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/correspondencejohntfrazernodate-36599105</t>
   </si>
   <si>
     <t>Flyer, Negro Economic and Political Conference; October 22 to 24, 1940</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/flyernegroeconomicandpoliticalconferenceoctober22to241940-36599106</t>
   </si>
   <si>
     <t>1940 - 1940</t>
   </si>
   <si>
     <t>Program, Housing Seminar; November 3, 1961</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/programhousingseminarnovember31961-36599107</t>
   </si>
   <si>
     <t>Urban League Annual Conference; circa September 1957</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/urbanleagueannualconferencecircaseptember1957-36599108</t>
@@ -2389,53 +2527,50 @@
   <si>
     <t>Desegregation, 1953-1973</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/desegregation1953-1973-35540854</t>
   </si>
   <si>
     <t>Documents, 1968</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/documents1968-35540855</t>
   </si>
   <si>
     <t>Articles and sermons for review, 1966, undated</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/articlesandsermonsforreview1966undated-35540856</t>
   </si>
   <si>
     <t>Committee of Eighteen, 1958-1960</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/committeeofeighteen1958-1960-35540857</t>
   </si>
   <si>
-    <t>1958 - 1960</t>
-[...1 lines deleted...]
-  <si>
     <t>Correspondence - anonymous and illegible, 1957-1959, undated</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/correspondence-anonymousandillegible1957-1959undated-35540858</t>
   </si>
   <si>
     <t>Correspondence - A-D, 1957-1959, undated</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/correspondence-a-d1957-1959undated-35540859</t>
   </si>
   <si>
     <t>Correspondence - E-L, 1957-1959, undated</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/correspondence-e-l1957-1959undated-35540860</t>
   </si>
   <si>
     <t>Correspondence - M-P, 1957-1959, undated</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/correspondence-m-p1957-1959undated-35540861</t>
   </si>
   <si>
     <t>Correspondence - R-Z, 1957-1959, undated</t>
@@ -2444,53 +2579,50 @@
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/correspondence-r-z1957-1959undated-35540862</t>
   </si>
   <si>
     <t>Correspondence - from Herman Turner, 1957-1959</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/correspondence-fromhermanturner1957-1959-35540863</t>
   </si>
   <si>
     <t>Correspondence - various, 1957-1958</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/correspondence-various1957-1958-35540864</t>
   </si>
   <si>
     <t>Correspondence - to ministers, 1957-1958</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/correspondence-toministers1957-1958-35540865</t>
   </si>
   <si>
     <t>Highlander Folk School, 1957</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/highlanderfolkschool1957-35540866</t>
-  </si>
-[...1 lines deleted...]
-    <t>1955 - 1957</t>
   </si>
   <si>
     <t>Jews and segregation, antisemitism, 1957-1959, undated</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/jewsandsegregationantisemitism1957-1959undated-35540867</t>
   </si>
   <si>
     <t>1957 - 1959</t>
   </si>
   <si>
     <t>Ministers' Manifesto signatures and drafts, 1957, undated</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/ministersmanifestosignaturesanddrafts1957undated-35540868</t>
   </si>
   <si>
     <t>Press, 1957-1958</t>
   </si>
   <si>
     <t>https://www.jstor.org/site/reveal-digital/behind-the-scenes-civil-rights-movements/press1957-1958-35540869</t>
   </si>
   <si>
     <t>Public schools, 1958-1959</t>
   </si>
@@ -2800,97 +2932,97 @@
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/connections" Target="connections.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/queryTables/queryTable1.xml><?xml version="1.0" encoding="utf-8"?>
-<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{8E4F10EF-8740-40E1-88A5-205ED08E490A}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
+<queryTable xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16" name="ExternalData_1" connectionId="1" xr16:uid="{8FF92E90-D007-44F8-97CD-B5301D50590C}" autoFormatId="16" applyNumberFormats="0" applyBorderFormats="0" applyFontFormats="0" applyPatternFormats="0" applyAlignmentFormats="0" applyWidthHeightFormats="0">
   <queryTableRefresh nextId="15">
     <queryTableFields count="14">
       <queryTableField id="1" name="Term ID" tableColumnId="1"/>
       <queryTableField id="2" name="Name[2264309]" tableColumnId="2"/>
       <queryTableField id="3" name="Resource Type[2264312]" tableColumnId="3"/>
       <queryTableField id="4" name="ISSN[2264318]" tableColumnId="4"/>
       <queryTableField id="5" name="OCLC[2264319]" tableColumnId="5"/>
       <queryTableField id="6" name="Place of Publication[2264320]" tableColumnId="6"/>
       <queryTableField id="7" name="Publisher[2264321]" tableColumnId="7"/>
       <queryTableField id="8" name="Frequency[2264322]" tableColumnId="8"/>
       <queryTableField id="9" name="Relation[2264323]" tableColumnId="9"/>
       <queryTableField id="10" name="Source Provided By[2264324]" tableColumnId="10"/>
       <queryTableField id="11" name="JSTOR URL" tableColumnId="11"/>
       <queryTableField id="12" name="Earliest Exact Date" tableColumnId="12"/>
       <queryTableField id="13" name="Latest Exact Date" tableColumnId="13"/>
       <queryTableField id="14" name="Coverage (Date Range)" tableColumnId="14"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{2F76D1B9-887C-47BF-87F2-BC4D03C6BBEF}" name="title_list_139464" displayName="title_list_139464" ref="A1:N374" tableType="queryTable" totalsRowShown="0">
-[...2 lines deleted...]
-    <sortCondition ref="B1:B374"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{760F9D5A-49AB-4CC4-9656-0A04A09C3CBB}" name="title_list_139464" displayName="title_list_139464" ref="A1:N390" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:N390" xr:uid="{760F9D5A-49AB-4CC4-9656-0A04A09C3CBB}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:N390">
+    <sortCondition ref="B1:B390"/>
   </sortState>
   <tableColumns count="14">
-    <tableColumn id="1" xr3:uid="{0F75F830-C403-471D-A6C9-4BF0C5310F0B}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
-[...12 lines deleted...]
-    <tableColumn id="14" xr3:uid="{E4F3C5EA-BC25-4FE2-B787-7A0545411183}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
+    <tableColumn id="1" xr3:uid="{3A4B91A4-BDB8-4BF6-9D0D-B86007FD64B6}" uniqueName="1" name="Term ID" queryTableFieldId="1"/>
+    <tableColumn id="2" xr3:uid="{59CDA1F0-947F-4127-9367-6CDF5598CA81}" uniqueName="2" name="Name[2264309]" queryTableFieldId="2" dataDxfId="12"/>
+    <tableColumn id="3" xr3:uid="{00ED39F3-1E13-4EFF-B7C8-9100926665C6}" uniqueName="3" name="Resource Type[2264312]" queryTableFieldId="3" dataDxfId="11"/>
+    <tableColumn id="4" xr3:uid="{18405BD9-77EE-4EFB-8348-4EED18D3415F}" uniqueName="4" name="ISSN[2264318]" queryTableFieldId="4" dataDxfId="10"/>
+    <tableColumn id="5" xr3:uid="{5EF89D3D-8DED-4819-890F-F1D74D393626}" uniqueName="5" name="OCLC[2264319]" queryTableFieldId="5" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{0A3BC661-96DB-47B0-A9E8-A0FF9356DD17}" uniqueName="6" name="Place of Publication[2264320]" queryTableFieldId="6" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{B898A298-F68B-49F5-869D-EE6B424E5D6F}" uniqueName="7" name="Publisher[2264321]" queryTableFieldId="7" dataDxfId="7"/>
+    <tableColumn id="8" xr3:uid="{13AC1121-938D-4EAA-AA3A-3E767A1B2FF8}" uniqueName="8" name="Frequency[2264322]" queryTableFieldId="8" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{68441C47-9D10-4BEE-82C0-0B1008D8228F}" uniqueName="9" name="Relation[2264323]" queryTableFieldId="9" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{A1374B7B-9DFC-4681-B222-E06960F61FD0}" uniqueName="10" name="Source Provided By[2264324]" queryTableFieldId="10" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{00CD6F11-0507-4C09-8305-6E025EEB3551}" uniqueName="11" name="JSTOR URL" queryTableFieldId="11" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{325585D6-BCA5-48FA-810D-5570526633B3}" uniqueName="12" name="Earliest Exact Date" queryTableFieldId="12" dataDxfId="1"/>
+    <tableColumn id="13" xr3:uid="{104F64AB-C76C-440A-9CD9-D09A16837A08}" uniqueName="13" name="Latest Exact Date" queryTableFieldId="13" dataDxfId="0"/>
+    <tableColumn id="14" xr3:uid="{506EE4AA-D7C6-4D1C-AD5F-49B178CDF5CE}" uniqueName="14" name="Coverage (Date Range)" queryTableFieldId="14" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -3172,56 +3304,54 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2FD5650B-8760-468E-90C6-294C8365E870}">
-  <dimension ref="A1:N374"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6CCC1136-49FD-431A-92F5-05F2DECE4E5E}">
+  <dimension ref="A1:N390"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.453125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="43.1796875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.453125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.1796875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.36328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="20.36328125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="48.453125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="80.7265625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="18.6328125" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="17.453125" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="22.08984375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -3246,16246 +3376,16944 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A2">
         <v>36605635</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>640</v>
+        <v>687</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="1" t="s">
-        <v>635</v>
+        <v>682</v>
       </c>
       <c r="K2" s="1" t="s">
-        <v>641</v>
+        <v>688</v>
       </c>
       <c r="L2" s="2">
         <v>24400</v>
       </c>
       <c r="M2" s="2">
         <v>24400</v>
       </c>
       <c r="N2" s="1" t="s">
-        <v>531</v>
+        <v>578</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A3">
         <v>35540895</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>868</v>
+        <v>912</v>
       </c>
       <c r="C3" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K3" s="1" t="s">
-        <v>869</v>
+        <v>913</v>
       </c>
       <c r="L3" s="2">
         <v>15707</v>
       </c>
       <c r="M3" s="2">
         <v>24929</v>
       </c>
       <c r="N3" s="1" t="s">
-        <v>870</v>
+        <v>914</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A4">
         <v>36502839</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>704</v>
+        <v>750</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>564</v>
+        <v>611</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="1" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="K4" s="1" t="s">
-        <v>705</v>
+        <v>751</v>
       </c>
       <c r="L4" s="2">
         <v>23377</v>
       </c>
       <c r="M4" s="2">
         <v>23377</v>
       </c>
       <c r="N4" s="1" t="s">
-        <v>482</v>
+        <v>529</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A5">
         <v>36502840</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>706</v>
+        <v>752</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>707</v>
+        <v>753</v>
       </c>
       <c r="L5" s="2">
         <v>24838</v>
       </c>
       <c r="M5" s="2">
         <v>24838</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>487</v>
+        <v>534</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A6">
         <v>36502842</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>710</v>
+        <v>756</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>711</v>
+        <v>757</v>
       </c>
       <c r="L6" s="2">
         <v>27395</v>
       </c>
       <c r="M6" s="2">
         <v>27395</v>
       </c>
       <c r="N6" s="1" t="s">
-        <v>712</v>
+        <v>758</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A7">
         <v>36502843</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>713</v>
+        <v>759</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>714</v>
+        <v>760</v>
       </c>
       <c r="L7" s="2">
         <v>28491</v>
       </c>
       <c r="M7" s="2">
         <v>28491</v>
       </c>
       <c r="N7" s="1" t="s">
-        <v>715</v>
+        <v>761</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8">
         <v>36502844</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>716</v>
+        <v>762</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>717</v>
+        <v>763</v>
       </c>
       <c r="L8" s="2">
         <v>29587</v>
       </c>
       <c r="M8" s="2">
         <v>29587</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>718</v>
+        <v>764</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A9">
         <v>36502845</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>719</v>
+        <v>765</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>720</v>
+        <v>766</v>
       </c>
       <c r="L9" s="2">
         <v>31778</v>
       </c>
       <c r="M9" s="2">
         <v>31778</v>
       </c>
       <c r="N9" s="1" t="s">
-        <v>721</v>
+        <v>767</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A10">
         <v>40281807</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>38</v>
+        <v>87</v>
       </c>
       <c r="L10" s="2">
         <v>20680</v>
       </c>
       <c r="M10" s="2">
         <v>20680</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>25</v>
+        <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A11">
         <v>40281820</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C11" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="L11" s="2">
         <v>21915</v>
       </c>
       <c r="M11" s="2">
         <v>21915</v>
       </c>
       <c r="N11" s="1" t="s">
-        <v>67</v>
+        <v>116</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A12">
         <v>40281826</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>80</v>
+        <v>128</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>81</v>
+        <v>129</v>
       </c>
       <c r="L12" s="2">
         <v>23012</v>
       </c>
       <c r="M12" s="2">
         <v>23012</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>79</v>
+        <v>127</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A13">
         <v>36502836</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>698</v>
+        <v>744</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>564</v>
+        <v>611</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>699</v>
+        <v>745</v>
       </c>
       <c r="L13" s="2">
         <v>20090</v>
       </c>
       <c r="M13" s="2">
         <v>20090</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A14">
         <v>36502837</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>700</v>
+        <v>746</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J14" s="1" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="K14" s="1" t="s">
-        <v>701</v>
+        <v>747</v>
       </c>
       <c r="L14" s="2">
         <v>21186</v>
       </c>
       <c r="M14" s="2">
         <v>21186</v>
       </c>
       <c r="N14" s="1" t="s">
-        <v>52</v>
+        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A15">
         <v>36502838</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>702</v>
+        <v>748</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>564</v>
+        <v>611</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>703</v>
+        <v>749</v>
       </c>
       <c r="L15" s="2">
         <v>22282</v>
       </c>
       <c r="M15" s="2">
         <v>22282</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>47</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A16">
         <v>35540848</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>760</v>
+        <v>806</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K16" s="1" t="s">
-        <v>761</v>
+        <v>807</v>
       </c>
       <c r="L16" s="2">
         <v>21916</v>
       </c>
       <c r="M16" s="2">
         <v>21916</v>
       </c>
       <c r="N16" s="1" t="s">
-        <v>70</v>
+        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A17">
         <v>39948434</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>121</v>
+        <v>168</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J17" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K17" s="1" t="s">
-        <v>124</v>
+        <v>171</v>
       </c>
       <c r="L17" s="2">
         <v>45131</v>
       </c>
       <c r="M17" s="2">
         <v>45131</v>
       </c>
       <c r="N17" s="1" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
     </row>
     <row r="18" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A18">
         <v>39948435</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>126</v>
+        <v>173</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J18" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K18" s="1" t="s">
-        <v>127</v>
+        <v>174</v>
       </c>
       <c r="L18" s="2">
         <v>42151</v>
       </c>
       <c r="M18" s="2">
         <v>42151</v>
       </c>
       <c r="N18" s="1" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19">
         <v>39948436</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>129</v>
+        <v>176</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>130</v>
+        <v>177</v>
       </c>
       <c r="L19" s="2">
         <v>42212</v>
       </c>
       <c r="M19" s="2">
         <v>42212</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A20">
-        <v>39176714</v>
+        <v>41088357</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>507</v>
+        <v>14</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J20" s="1" t="s">
-        <v>508</v>
+        <v>17</v>
       </c>
       <c r="K20" s="1" t="s">
-        <v>509</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2">
-        <v>25569</v>
+        <v>15428</v>
       </c>
       <c r="M20" s="2">
-        <v>25569</v>
+        <v>15428</v>
       </c>
       <c r="N20" s="1" t="s">
-        <v>510</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A21">
-        <v>39948437</v>
+        <v>39176714</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>131</v>
+        <v>554</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>123</v>
+        <v>555</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>132</v>
+        <v>556</v>
       </c>
       <c r="L21" s="2">
-        <v>42156</v>
+        <v>25569</v>
       </c>
       <c r="M21" s="2">
-        <v>42156</v>
+        <v>25569</v>
       </c>
       <c r="N21" s="1" t="s">
-        <v>128</v>
+        <v>557</v>
       </c>
     </row>
     <row r="22" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A22">
-        <v>39948438</v>
+        <v>39948437</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>133</v>
+        <v>178</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>134</v>
+        <v>179</v>
       </c>
       <c r="L22" s="2">
-        <v>45139</v>
+        <v>42156</v>
       </c>
       <c r="M22" s="2">
-        <v>45139</v>
+        <v>42156</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A23">
-        <v>39948439</v>
+        <v>39948438</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>135</v>
+        <v>180</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>136</v>
+        <v>181</v>
       </c>
       <c r="L23" s="2">
-        <v>42132</v>
+        <v>45139</v>
       </c>
       <c r="M23" s="2">
-        <v>42132</v>
+        <v>45139</v>
       </c>
       <c r="N23" s="1" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
     </row>
     <row r="24" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A24">
-        <v>35540846</v>
+        <v>39948439</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>755</v>
+        <v>182</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J24" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K24" s="1" t="s">
-        <v>757</v>
+        <v>183</v>
       </c>
       <c r="L24" s="2">
-        <v>23200</v>
+        <v>42132</v>
       </c>
       <c r="M24" s="2">
-        <v>23200</v>
+        <v>42132</v>
       </c>
       <c r="N24" s="1" t="s">
-        <v>79</v>
+        <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A25">
-        <v>40281828</v>
+        <v>35540846</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>84</v>
+        <v>801</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>17</v>
+        <v>802</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>85</v>
+        <v>803</v>
       </c>
       <c r="L25" s="2">
-        <v>20511</v>
+        <v>23200</v>
       </c>
       <c r="M25" s="2">
-        <v>20511</v>
+        <v>23200</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>25</v>
+        <v>127</v>
       </c>
     </row>
     <row r="26" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A26">
-        <v>40281833</v>
+        <v>40281828</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>94</v>
+        <v>132</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>95</v>
+        <v>133</v>
       </c>
       <c r="L26" s="2">
-        <v>21186</v>
+        <v>20511</v>
       </c>
       <c r="M26" s="2">
-        <v>21186</v>
+        <v>20511</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A27">
-        <v>40281813</v>
+        <v>40281833</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>50</v>
+        <v>142</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K27" s="1" t="s">
-        <v>51</v>
+        <v>143</v>
       </c>
       <c r="L27" s="2">
-        <v>21488</v>
+        <v>21186</v>
       </c>
       <c r="M27" s="2">
-        <v>21488</v>
+        <v>21186</v>
       </c>
       <c r="N27" s="1" t="s">
-        <v>52</v>
+        <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A28">
-        <v>40281832</v>
+        <v>40281813</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J28" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K28" s="1" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="L28" s="2">
-        <v>21437</v>
+        <v>21488</v>
       </c>
       <c r="M28" s="2">
-        <v>21437</v>
+        <v>21488</v>
       </c>
       <c r="N28" s="1" t="s">
-        <v>52</v>
+        <v>101</v>
       </c>
     </row>
     <row r="29" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A29">
-        <v>40281819</v>
+        <v>40281832</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>63</v>
+        <v>140</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K29" s="1" t="s">
-        <v>64</v>
+        <v>141</v>
       </c>
       <c r="L29" s="2">
-        <v>21196</v>
+        <v>21437</v>
       </c>
       <c r="M29" s="2">
-        <v>21196</v>
+        <v>21437</v>
       </c>
       <c r="N29" s="1" t="s">
-        <v>52</v>
+        <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A30">
-        <v>40281822</v>
+        <v>40281819</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>71</v>
+        <v>112</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J30" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K30" s="1" t="s">
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="L30" s="2">
-        <v>21570</v>
+        <v>21196</v>
       </c>
       <c r="M30" s="2">
-        <v>21570</v>
+        <v>21196</v>
       </c>
       <c r="N30" s="1" t="s">
-        <v>67</v>
+        <v>101</v>
       </c>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A31">
-        <v>40281823</v>
+        <v>40281822</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K31" s="1" t="s">
-        <v>74</v>
+        <v>120</v>
       </c>
       <c r="L31" s="2">
-        <v>21578</v>
+        <v>21570</v>
       </c>
       <c r="M31" s="2">
-        <v>21578</v>
+        <v>21570</v>
       </c>
       <c r="N31" s="1" t="s">
-        <v>67</v>
+        <v>116</v>
       </c>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A32">
-        <v>40281824</v>
+        <v>40281823</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>75</v>
+        <v>121</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K32" s="1" t="s">
-        <v>76</v>
+        <v>122</v>
       </c>
       <c r="L32" s="2">
-        <v>21646</v>
+        <v>21578</v>
       </c>
       <c r="M32" s="2">
-        <v>21646</v>
+        <v>21578</v>
       </c>
       <c r="N32" s="1" t="s">
-        <v>67</v>
+        <v>116</v>
       </c>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A33">
-        <v>35540847</v>
+        <v>40281824</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>758</v>
+        <v>123</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J33" s="1" t="s">
-        <v>756</v>
+        <v>66</v>
       </c>
       <c r="K33" s="1" t="s">
-        <v>759</v>
+        <v>124</v>
       </c>
       <c r="L33" s="2">
-        <v>25204</v>
+        <v>21646</v>
       </c>
       <c r="M33" s="2">
-        <v>25204</v>
+        <v>21646</v>
       </c>
       <c r="N33" s="1" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="34" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A34">
-        <v>39948440</v>
+        <v>35540847</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>137</v>
+        <v>804</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>138</v>
+        <v>805</v>
       </c>
       <c r="L34" s="2">
-        <v>41779</v>
+        <v>25204</v>
       </c>
       <c r="M34" s="2">
-        <v>41779</v>
+        <v>25204</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
     </row>
     <row r="35" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A35">
-        <v>39948441</v>
+        <v>41088358</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>140</v>
+        <v>20</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J35" s="1" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K35" s="1" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="L35" s="2">
-        <v>41783</v>
+        <v>19725</v>
       </c>
       <c r="M35" s="2">
-        <v>41783</v>
+        <v>32488</v>
       </c>
       <c r="N35" s="1" t="s">
-        <v>139</v>
+        <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A36">
-        <v>35540856</v>
+        <v>39948440</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>776</v>
+        <v>184</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>777</v>
+        <v>185</v>
       </c>
       <c r="L36" s="2">
-        <v>24108</v>
+        <v>41779</v>
       </c>
       <c r="M36" s="2">
-        <v>24108</v>
+        <v>41779</v>
       </c>
       <c r="N36" s="1" t="s">
-        <v>531</v>
+        <v>186</v>
       </c>
     </row>
     <row r="37" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A37">
-        <v>39948442</v>
+        <v>39948441</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>142</v>
+        <v>187</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K37" s="1" t="s">
-        <v>143</v>
+        <v>188</v>
       </c>
       <c r="L37" s="2">
-        <v>42205</v>
+        <v>41783</v>
       </c>
       <c r="M37" s="2">
-        <v>42205</v>
+        <v>41783</v>
       </c>
       <c r="N37" s="1" t="s">
-        <v>128</v>
+        <v>186</v>
       </c>
     </row>
     <row r="38" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A38">
-        <v>39948443</v>
+        <v>35540856</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>144</v>
+        <v>822</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J38" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K38" s="1" t="s">
-        <v>145</v>
+        <v>823</v>
       </c>
       <c r="L38" s="2">
-        <v>41762</v>
+        <v>24108</v>
       </c>
       <c r="M38" s="2">
-        <v>41762</v>
+        <v>24108</v>
       </c>
       <c r="N38" s="1" t="s">
-        <v>139</v>
+        <v>578</v>
       </c>
     </row>
     <row r="39" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A39">
-        <v>39948444</v>
+        <v>39948442</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>146</v>
+        <v>189</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J39" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K39" s="1" t="s">
-        <v>147</v>
+        <v>190</v>
       </c>
       <c r="L39" s="2">
-        <v>41780</v>
+        <v>42205</v>
       </c>
       <c r="M39" s="2">
-        <v>41780</v>
+        <v>42205</v>
       </c>
       <c r="N39" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A40">
-        <v>40281812</v>
+        <v>39948443</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>48</v>
+        <v>191</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J40" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K40" s="1" t="s">
-        <v>49</v>
+        <v>192</v>
       </c>
       <c r="L40" s="2">
-        <v>19002</v>
+        <v>41762</v>
       </c>
       <c r="M40" s="2">
-        <v>19002</v>
+        <v>41762</v>
       </c>
       <c r="N40" s="1" t="s">
-        <v>19</v>
+        <v>186</v>
       </c>
     </row>
     <row r="41" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A41">
-        <v>36716608</v>
+        <v>39948444</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>555</v>
+        <v>193</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J41" s="1" t="s">
-        <v>545</v>
+        <v>170</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>556</v>
+        <v>194</v>
+      </c>
+      <c r="L41" s="2">
+        <v>41780</v>
+      </c>
+      <c r="M41" s="2">
+        <v>41780</v>
       </c>
       <c r="N41" s="1" t="s">
-        <v>16</v>
+        <v>186</v>
       </c>
     </row>
     <row r="42" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A42">
-        <v>36716604</v>
+        <v>40281812</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>547</v>
+        <v>97</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J42" s="1" t="s">
-        <v>545</v>
+        <v>66</v>
       </c>
       <c r="K42" s="1" t="s">
-        <v>548</v>
+        <v>98</v>
+      </c>
+      <c r="L42" s="2">
+        <v>19002</v>
+      </c>
+      <c r="M42" s="2">
+        <v>19002</v>
       </c>
       <c r="N42" s="1" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
     </row>
     <row r="43" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A43">
-        <v>36716616</v>
+        <v>36716608</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>572</v>
+        <v>602</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D43" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K43" s="1" t="s">
-        <v>573</v>
-[...5 lines deleted...]
-        <v>21551</v>
+        <v>603</v>
       </c>
       <c r="N43" s="1" t="s">
-        <v>67</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A44">
-        <v>36716606</v>
+        <v>36716604</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>551</v>
+        <v>594</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J44" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K44" s="1" t="s">
-        <v>552</v>
-[...5 lines deleted...]
-        <v>24108</v>
+        <v>595</v>
       </c>
       <c r="N44" s="1" t="s">
-        <v>531</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A45">
-        <v>36716607</v>
+        <v>36716616</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>553</v>
+        <v>619</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J45" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K45" s="1" t="s">
-        <v>554</v>
+        <v>620</v>
+      </c>
+      <c r="L45" s="2">
+        <v>21551</v>
+      </c>
+      <c r="M45" s="2">
+        <v>21551</v>
       </c>
       <c r="N45" s="1" t="s">
-        <v>16</v>
+        <v>116</v>
       </c>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A46">
-        <v>36716605</v>
+        <v>36716606</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>549</v>
+        <v>598</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J46" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K46" s="1" t="s">
-        <v>550</v>
+        <v>599</v>
+      </c>
+      <c r="L46" s="2">
+        <v>24108</v>
+      </c>
+      <c r="M46" s="2">
+        <v>24108</v>
       </c>
       <c r="N46" s="1" t="s">
-        <v>16</v>
+        <v>578</v>
       </c>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A47">
-        <v>40038425</v>
+        <v>36716607</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>108</v>
+        <v>600</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J47" s="1" t="s">
-        <v>110</v>
+        <v>592</v>
       </c>
       <c r="K47" s="1" t="s">
-        <v>111</v>
-[...5 lines deleted...]
-        <v>25324</v>
+        <v>601</v>
       </c>
       <c r="N47" s="1" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A48">
-        <v>40038426</v>
+        <v>36716605</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>113</v>
+        <v>596</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J48" s="1" t="s">
-        <v>110</v>
+        <v>592</v>
       </c>
       <c r="K48" s="1" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>26146</v>
+        <v>597</v>
       </c>
       <c r="N48" s="1" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A49">
-        <v>40038427</v>
+        <v>40038425</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>116</v>
+        <v>156</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>110</v>
+        <v>157</v>
       </c>
       <c r="K49" s="1" t="s">
-        <v>117</v>
+        <v>158</v>
       </c>
       <c r="L49" s="2">
-        <v>26330</v>
+        <v>25324</v>
       </c>
       <c r="M49" s="2">
-        <v>26330</v>
+        <v>25324</v>
       </c>
       <c r="N49" s="1" t="s">
-        <v>118</v>
+        <v>159</v>
       </c>
     </row>
     <row r="50" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A50">
-        <v>40038428</v>
+        <v>40038426</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>119</v>
+        <v>160</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J50" s="1" t="s">
-        <v>110</v>
+        <v>157</v>
       </c>
       <c r="K50" s="1" t="s">
-        <v>120</v>
+        <v>161</v>
       </c>
       <c r="L50" s="2">
-        <v>26359</v>
+        <v>26146</v>
       </c>
       <c r="M50" s="2">
-        <v>26359</v>
+        <v>26146</v>
       </c>
       <c r="N50" s="1" t="s">
-        <v>118</v>
+        <v>162</v>
       </c>
     </row>
     <row r="51" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A51">
-        <v>40281810</v>
+        <v>40038427</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>43</v>
+        <v>163</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J51" s="1" t="s">
-        <v>17</v>
+        <v>157</v>
       </c>
       <c r="K51" s="1" t="s">
-        <v>44</v>
+        <v>164</v>
       </c>
       <c r="L51" s="2">
-        <v>20509</v>
+        <v>26330</v>
       </c>
       <c r="M51" s="2">
-        <v>20509</v>
+        <v>26330</v>
       </c>
       <c r="N51" s="1" t="s">
-        <v>25</v>
+        <v>165</v>
       </c>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A52">
-        <v>39948445</v>
+        <v>40038428</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J52" s="1" t="s">
-        <v>123</v>
+        <v>157</v>
       </c>
       <c r="K52" s="1" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="L52" s="2">
-        <v>42142</v>
+        <v>26359</v>
       </c>
       <c r="M52" s="2">
-        <v>42142</v>
+        <v>26359</v>
       </c>
       <c r="N52" s="1" t="s">
-        <v>128</v>
+        <v>165</v>
       </c>
     </row>
     <row r="53" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A53">
-        <v>39470807</v>
+        <v>40281810</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>490</v>
+        <v>92</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>458</v>
+        <v>65</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>491</v>
+        <v>16</v>
       </c>
       <c r="E53" s="1" t="s">
-        <v>492</v>
+        <v>16</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>494</v>
+        <v>16</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>495</v>
+        <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J53" s="1" t="s">
-        <v>496</v>
+        <v>66</v>
       </c>
       <c r="K53" s="1" t="s">
-        <v>497</v>
+        <v>93</v>
       </c>
       <c r="L53" s="2">
-        <v>26115</v>
+        <v>20509</v>
       </c>
       <c r="M53" s="2">
-        <v>30682</v>
+        <v>20509</v>
       </c>
       <c r="N53" s="1" t="s">
-        <v>498</v>
+        <v>74</v>
       </c>
     </row>
     <row r="54" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A54">
-        <v>39948446</v>
+        <v>39948445</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>150</v>
+        <v>195</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K54" s="1" t="s">
-        <v>151</v>
+        <v>196</v>
       </c>
       <c r="L54" s="2">
-        <v>45156</v>
+        <v>42142</v>
       </c>
       <c r="M54" s="2">
-        <v>45156</v>
+        <v>42142</v>
       </c>
       <c r="N54" s="1" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="55" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A55">
-        <v>40281817</v>
+        <v>39470807</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>59</v>
+        <v>537</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>15</v>
+        <v>505</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>16</v>
+        <v>538</v>
       </c>
       <c r="E55" s="1" t="s">
-        <v>16</v>
+        <v>539</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>16</v>
+        <v>540</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>16</v>
+        <v>541</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>16</v>
+        <v>542</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J55" s="1" t="s">
-        <v>17</v>
+        <v>543</v>
       </c>
       <c r="K55" s="1" t="s">
-        <v>60</v>
+        <v>544</v>
       </c>
       <c r="L55" s="2">
-        <v>20859</v>
+        <v>26115</v>
       </c>
       <c r="M55" s="2">
-        <v>20859</v>
+        <v>30682</v>
       </c>
       <c r="N55" s="1" t="s">
-        <v>22</v>
+        <v>545</v>
       </c>
     </row>
     <row r="56" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A56">
-        <v>40281799</v>
+        <v>39948446</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>14</v>
+        <v>197</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J56" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K56" s="1" t="s">
-        <v>18</v>
+        <v>198</v>
       </c>
       <c r="L56" s="2">
-        <v>19274</v>
+        <v>45156</v>
       </c>
       <c r="M56" s="2">
-        <v>19274</v>
+        <v>45156</v>
       </c>
       <c r="N56" s="1" t="s">
-        <v>19</v>
+        <v>172</v>
       </c>
     </row>
     <row r="57" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A57">
-        <v>40281831</v>
+        <v>40281817</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K57" s="1" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="L57" s="2">
-        <v>21427</v>
+        <v>20859</v>
       </c>
       <c r="M57" s="2">
-        <v>21427</v>
+        <v>20859</v>
       </c>
       <c r="N57" s="1" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
     </row>
     <row r="58" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A58">
-        <v>40281809</v>
+        <v>40281799</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>41</v>
+        <v>64</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J58" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K58" s="1" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="L58" s="2">
-        <v>20841</v>
+        <v>19274</v>
       </c>
       <c r="M58" s="2">
-        <v>20841</v>
+        <v>19274</v>
       </c>
       <c r="N58" s="1" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A59">
-        <v>39948447</v>
+        <v>40281831</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>152</v>
+        <v>138</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J59" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K59" s="1" t="s">
-        <v>153</v>
+        <v>139</v>
       </c>
       <c r="L59" s="2">
-        <v>41758</v>
+        <v>21427</v>
       </c>
       <c r="M59" s="2">
-        <v>41758</v>
+        <v>21427</v>
       </c>
       <c r="N59" s="1" t="s">
-        <v>139</v>
+        <v>101</v>
       </c>
     </row>
     <row r="60" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A60">
-        <v>39948448</v>
+        <v>40281809</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>154</v>
+        <v>90</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J60" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K60" s="1" t="s">
-        <v>155</v>
+        <v>91</v>
       </c>
       <c r="L60" s="2">
-        <v>41783</v>
+        <v>20841</v>
       </c>
       <c r="M60" s="2">
-        <v>41783</v>
+        <v>20841</v>
       </c>
       <c r="N60" s="1" t="s">
-        <v>139</v>
+        <v>71</v>
       </c>
     </row>
     <row r="61" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A61">
-        <v>39948449</v>
+        <v>39948447</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J61" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K61" s="1" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="L61" s="2">
-        <v>41790</v>
+        <v>41758</v>
       </c>
       <c r="M61" s="2">
-        <v>41790</v>
+        <v>41758</v>
       </c>
       <c r="N61" s="1" t="s">
-        <v>139</v>
+        <v>186</v>
       </c>
     </row>
     <row r="62" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A62">
-        <v>39948450</v>
+        <v>39948448</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>158</v>
+        <v>201</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J62" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K62" s="1" t="s">
-        <v>159</v>
+        <v>202</v>
       </c>
       <c r="L62" s="2">
-        <v>45138</v>
+        <v>41783</v>
       </c>
       <c r="M62" s="2">
-        <v>45138</v>
+        <v>41783</v>
       </c>
       <c r="N62" s="1" t="s">
-        <v>125</v>
+        <v>186</v>
       </c>
     </row>
     <row r="63" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A63">
-        <v>40281808</v>
+        <v>39948449</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>39</v>
+        <v>203</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J63" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K63" s="1" t="s">
-        <v>40</v>
+        <v>204</v>
       </c>
       <c r="L63" s="2">
-        <v>21066</v>
+        <v>41790</v>
       </c>
       <c r="M63" s="2">
-        <v>21066</v>
+        <v>41790</v>
       </c>
       <c r="N63" s="1" t="s">
-        <v>22</v>
+        <v>186</v>
       </c>
     </row>
     <row r="64" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A64">
-        <v>39948451</v>
+        <v>39948450</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>160</v>
+        <v>205</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J64" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K64" s="1" t="s">
-        <v>161</v>
+        <v>206</v>
       </c>
       <c r="L64" s="2">
-        <v>41767</v>
+        <v>45138</v>
       </c>
       <c r="M64" s="2">
-        <v>41767</v>
+        <v>45138</v>
       </c>
       <c r="N64" s="1" t="s">
-        <v>139</v>
+        <v>172</v>
       </c>
     </row>
     <row r="65" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A65">
-        <v>39948452</v>
+        <v>40281808</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J65" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K65" s="1" t="s">
-        <v>163</v>
+        <v>89</v>
       </c>
       <c r="L65" s="2">
-        <v>42178</v>
+        <v>21066</v>
       </c>
       <c r="M65" s="2">
-        <v>42178</v>
+        <v>21066</v>
       </c>
       <c r="N65" s="1" t="s">
-        <v>128</v>
+        <v>71</v>
       </c>
     </row>
     <row r="66" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A66">
-        <v>39544565</v>
+        <v>39948451</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>468</v>
+        <v>207</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>458</v>
+        <v>169</v>
       </c>
       <c r="D66" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>469</v>
+        <v>16</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>470</v>
+        <v>16</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>471</v>
+        <v>16</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>472</v>
+        <v>16</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>473</v>
+        <v>16</v>
       </c>
       <c r="J66" s="1" t="s">
-        <v>465</v>
+        <v>170</v>
       </c>
       <c r="K66" s="1" t="s">
-        <v>474</v>
+        <v>208</v>
       </c>
       <c r="L66" s="2">
-        <v>11355</v>
+        <v>41767</v>
       </c>
       <c r="M66" s="2">
-        <v>11933</v>
+        <v>41767</v>
       </c>
       <c r="N66" s="1" t="s">
-        <v>475</v>
+        <v>186</v>
       </c>
     </row>
     <row r="67" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A67">
-        <v>39948453</v>
+        <v>39948452</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>164</v>
+        <v>209</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J67" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K67" s="1" t="s">
-        <v>165</v>
+        <v>210</v>
       </c>
       <c r="L67" s="2">
-        <v>45131</v>
+        <v>42178</v>
       </c>
       <c r="M67" s="2">
-        <v>45131</v>
+        <v>42178</v>
       </c>
       <c r="N67" s="1" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="68" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A68">
-        <v>39948454</v>
+        <v>39544565</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>166</v>
+        <v>515</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>122</v>
+        <v>505</v>
       </c>
       <c r="D68" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>16</v>
+        <v>516</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>16</v>
+        <v>517</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>16</v>
+        <v>518</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>16</v>
+        <v>519</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>16</v>
+        <v>520</v>
       </c>
       <c r="J68" s="1" t="s">
-        <v>123</v>
+        <v>512</v>
       </c>
       <c r="K68" s="1" t="s">
-        <v>167</v>
+        <v>521</v>
       </c>
       <c r="L68" s="2">
-        <v>42206</v>
+        <v>11355</v>
       </c>
       <c r="M68" s="2">
-        <v>42206</v>
+        <v>11933</v>
       </c>
       <c r="N68" s="1" t="s">
-        <v>128</v>
+        <v>522</v>
       </c>
     </row>
     <row r="69" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A69">
-        <v>39948455</v>
+        <v>39948453</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>168</v>
+        <v>211</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J69" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K69" s="1" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="L69" s="2">
-        <v>45142</v>
+        <v>45131</v>
       </c>
       <c r="M69" s="2">
-        <v>45142</v>
+        <v>45131</v>
       </c>
       <c r="N69" s="1" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
     </row>
     <row r="70" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A70">
-        <v>39572863</v>
+        <v>39948454</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>431</v>
+        <v>213</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J70" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K70" s="1" t="s">
-        <v>432</v>
+        <v>214</v>
       </c>
       <c r="L70" s="2">
-        <v>22282</v>
+        <v>42206</v>
       </c>
       <c r="M70" s="2">
-        <v>22282</v>
+        <v>42206</v>
       </c>
       <c r="N70" s="1" t="s">
-        <v>47</v>
+        <v>175</v>
       </c>
     </row>
     <row r="71" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A71">
-        <v>39572864</v>
+        <v>39948455</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>433</v>
+        <v>215</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J71" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K71" s="1" t="s">
-        <v>434</v>
+        <v>216</v>
       </c>
       <c r="L71" s="2">
-        <v>22282</v>
+        <v>45142</v>
       </c>
       <c r="M71" s="2">
-        <v>22282</v>
+        <v>45142</v>
       </c>
       <c r="N71" s="1" t="s">
-        <v>47</v>
+        <v>172</v>
       </c>
     </row>
     <row r="72" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A72">
-        <v>35540853</v>
+        <v>39572863</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>770</v>
+        <v>478</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="D72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J72" s="1" t="s">
-        <v>756</v>
+        <v>66</v>
       </c>
       <c r="K72" s="1" t="s">
-        <v>771</v>
+        <v>479</v>
       </c>
       <c r="L72" s="2">
-        <v>24838</v>
+        <v>22282</v>
       </c>
       <c r="M72" s="2">
-        <v>24838</v>
+        <v>22282</v>
       </c>
       <c r="N72" s="1" t="s">
-        <v>487</v>
+        <v>96</v>
       </c>
     </row>
     <row r="73" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A73">
-        <v>40079843</v>
+        <v>39572864</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>104</v>
+        <v>480</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>105</v>
+        <v>16</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J73" s="1" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="K73" s="1" t="s">
-        <v>106</v>
+        <v>481</v>
       </c>
       <c r="L73" s="2">
-        <v>23712</v>
+        <v>22282</v>
       </c>
       <c r="M73" s="2">
-        <v>25355</v>
+        <v>22282</v>
       </c>
       <c r="N73" s="1" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
     </row>
     <row r="74" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A74">
-        <v>40281829</v>
+        <v>35540853</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>86</v>
+        <v>816</v>
       </c>
       <c r="C74" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J74" s="1" t="s">
-        <v>17</v>
+        <v>802</v>
       </c>
       <c r="K74" s="1" t="s">
-        <v>87</v>
+        <v>817</v>
       </c>
       <c r="L74" s="2">
-        <v>20821</v>
+        <v>24838</v>
       </c>
       <c r="M74" s="2">
-        <v>20821</v>
+        <v>24838</v>
       </c>
       <c r="N74" s="1" t="s">
-        <v>22</v>
+        <v>534</v>
       </c>
     </row>
     <row r="75" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A75">
-        <v>39948456</v>
+        <v>40079843</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>170</v>
+        <v>152</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>122</v>
+        <v>153</v>
       </c>
       <c r="D75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J75" s="1" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="K75" s="1" t="s">
-        <v>171</v>
+        <v>154</v>
       </c>
       <c r="L75" s="2">
-        <v>42123</v>
+        <v>23712</v>
       </c>
       <c r="M75" s="2">
-        <v>42123</v>
+        <v>25355</v>
       </c>
       <c r="N75" s="1" t="s">
-        <v>128</v>
+        <v>155</v>
       </c>
     </row>
     <row r="76" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A76">
-        <v>36716613</v>
+        <v>40281829</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>566</v>
+        <v>134</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="D76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J76" s="1" t="s">
-        <v>545</v>
+        <v>66</v>
       </c>
       <c r="K76" s="1" t="s">
-        <v>567</v>
+        <v>135</v>
+      </c>
+      <c r="L76" s="2">
+        <v>20821</v>
+      </c>
+      <c r="M76" s="2">
+        <v>20821</v>
       </c>
       <c r="N76" s="1" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
     </row>
     <row r="77" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A77">
-        <v>36716615</v>
+        <v>39948456</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>570</v>
+        <v>217</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J77" s="1" t="s">
-        <v>545</v>
+        <v>170</v>
       </c>
       <c r="K77" s="1" t="s">
-        <v>571</v>
+        <v>218</v>
+      </c>
+      <c r="L77" s="2">
+        <v>42123</v>
+      </c>
+      <c r="M77" s="2">
+        <v>42123</v>
       </c>
       <c r="N77" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A78">
-        <v>36716614</v>
+        <v>36716613</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>568</v>
+        <v>613</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K78" s="1" t="s">
-        <v>569</v>
+        <v>614</v>
       </c>
       <c r="N78" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A79">
-        <v>39948457</v>
+        <v>36716615</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>172</v>
+        <v>617</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J79" s="1" t="s">
-        <v>123</v>
+        <v>592</v>
       </c>
       <c r="K79" s="1" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>42139</v>
+        <v>618</v>
       </c>
       <c r="N79" s="1" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="80" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A80">
-        <v>39948458</v>
+        <v>36716614</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>174</v>
+        <v>615</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J80" s="1" t="s">
-        <v>123</v>
+        <v>592</v>
       </c>
       <c r="K80" s="1" t="s">
-        <v>175</v>
-[...5 lines deleted...]
-        <v>42153</v>
+        <v>616</v>
       </c>
       <c r="N80" s="1" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A81">
-        <v>40079844</v>
+        <v>39948457</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>101</v>
+        <v>219</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>97</v>
+        <v>169</v>
       </c>
       <c r="D81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J81" s="1" t="s">
-        <v>98</v>
+        <v>170</v>
       </c>
       <c r="K81" s="1" t="s">
-        <v>102</v>
+        <v>220</v>
       </c>
       <c r="L81" s="2">
-        <v>20455</v>
+        <v>42139</v>
       </c>
       <c r="M81" s="2">
-        <v>23012</v>
+        <v>42139</v>
       </c>
       <c r="N81" s="1" t="s">
-        <v>103</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A82">
-        <v>40079851</v>
+        <v>39948458</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>96</v>
+        <v>221</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>97</v>
+        <v>169</v>
       </c>
       <c r="D82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J82" s="1" t="s">
-        <v>98</v>
+        <v>170</v>
       </c>
       <c r="K82" s="1" t="s">
-        <v>99</v>
+        <v>222</v>
       </c>
       <c r="L82" s="2">
-        <v>23377</v>
+        <v>42153</v>
       </c>
       <c r="M82" s="2">
-        <v>31048</v>
+        <v>42153</v>
       </c>
       <c r="N82" s="1" t="s">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A83">
-        <v>36716617</v>
+        <v>40079844</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>574</v>
+        <v>149</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>109</v>
+        <v>145</v>
       </c>
       <c r="D83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J83" s="1" t="s">
-        <v>545</v>
+        <v>146</v>
       </c>
       <c r="K83" s="1" t="s">
-        <v>575</v>
+        <v>150</v>
+      </c>
+      <c r="L83" s="2">
+        <v>20455</v>
+      </c>
+      <c r="M83" s="2">
+        <v>23012</v>
       </c>
       <c r="N83" s="1" t="s">
-        <v>16</v>
+        <v>151</v>
       </c>
     </row>
     <row r="84" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A84">
-        <v>36716619</v>
+        <v>40079851</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>578</v>
+        <v>144</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>109</v>
+        <v>145</v>
       </c>
       <c r="D84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J84" s="1" t="s">
-        <v>545</v>
+        <v>146</v>
       </c>
       <c r="K84" s="1" t="s">
-        <v>579</v>
+        <v>147</v>
       </c>
       <c r="L84" s="2">
-        <v>21916</v>
+        <v>23377</v>
       </c>
       <c r="M84" s="2">
-        <v>21916</v>
+        <v>31048</v>
       </c>
       <c r="N84" s="1" t="s">
-        <v>70</v>
+        <v>148</v>
       </c>
     </row>
     <row r="85" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A85">
-        <v>36716621</v>
+        <v>36716617</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>582</v>
+        <v>621</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J85" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K85" s="1" t="s">
-        <v>583</v>
-[...5 lines deleted...]
-        <v>24108</v>
+        <v>622</v>
       </c>
       <c r="N85" s="1" t="s">
-        <v>531</v>
+        <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A86">
-        <v>36716620</v>
+        <v>36716619</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>580</v>
+        <v>625</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J86" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K86" s="1" t="s">
-        <v>581</v>
+        <v>626</v>
       </c>
       <c r="L86" s="2">
-        <v>23743</v>
+        <v>21916</v>
       </c>
       <c r="M86" s="2">
-        <v>23743</v>
+        <v>21916</v>
       </c>
       <c r="N86" s="1" t="s">
-        <v>446</v>
+        <v>54</v>
       </c>
     </row>
     <row r="87" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A87">
-        <v>36716629</v>
+        <v>36716621</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>598</v>
+        <v>629</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J87" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K87" s="1" t="s">
-        <v>599</v>
+        <v>630</v>
+      </c>
+      <c r="L87" s="2">
+        <v>24108</v>
+      </c>
+      <c r="M87" s="2">
+        <v>24108</v>
       </c>
       <c r="N87" s="1" t="s">
-        <v>16</v>
+        <v>578</v>
       </c>
     </row>
     <row r="88" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A88">
-        <v>36716628</v>
+        <v>36716620</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>596</v>
+        <v>627</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J88" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K88" s="1" t="s">
-        <v>597</v>
+        <v>628</v>
+      </c>
+      <c r="L88" s="2">
+        <v>23743</v>
+      </c>
+      <c r="M88" s="2">
+        <v>23743</v>
       </c>
       <c r="N88" s="1" t="s">
-        <v>16</v>
+        <v>493</v>
       </c>
     </row>
     <row r="89" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A89">
-        <v>36716622</v>
+        <v>36716629</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>584</v>
+        <v>645</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I89" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J89" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K89" s="1" t="s">
-        <v>585</v>
-[...5 lines deleted...]
-        <v>22282</v>
+        <v>646</v>
       </c>
       <c r="N89" s="1" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A90">
-        <v>36716623</v>
+        <v>36716628</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>586</v>
+        <v>643</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J90" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K90" s="1" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-        <v>24473</v>
+        <v>644</v>
       </c>
       <c r="N90" s="1" t="s">
-        <v>526</v>
+        <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A91">
-        <v>36716618</v>
+        <v>36716622</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>576</v>
+        <v>631</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J91" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K91" s="1" t="s">
-        <v>577</v>
+        <v>632</v>
+      </c>
+      <c r="L91" s="2">
+        <v>22282</v>
+      </c>
+      <c r="M91" s="2">
+        <v>22282</v>
       </c>
       <c r="N91" s="1" t="s">
-        <v>16</v>
+        <v>96</v>
       </c>
     </row>
     <row r="92" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A92">
-        <v>36716632</v>
+        <v>36716623</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>604</v>
+        <v>633</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J92" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K92" s="1" t="s">
-        <v>605</v>
+        <v>634</v>
+      </c>
+      <c r="L92" s="2">
+        <v>24473</v>
+      </c>
+      <c r="M92" s="2">
+        <v>24473</v>
       </c>
       <c r="N92" s="1" t="s">
-        <v>16</v>
+        <v>573</v>
       </c>
     </row>
     <row r="93" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A93">
-        <v>36716627</v>
+        <v>36716618</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>594</v>
+        <v>623</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J93" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K93" s="1" t="s">
-        <v>595</v>
+        <v>624</v>
       </c>
       <c r="N93" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A94">
-        <v>36716633</v>
+        <v>36716632</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>606</v>
+        <v>651</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J94" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K94" s="1" t="s">
-        <v>607</v>
+        <v>652</v>
       </c>
       <c r="N94" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A95">
-        <v>36716630</v>
+        <v>36716627</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>600</v>
+        <v>641</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J95" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K95" s="1" t="s">
-        <v>601</v>
+        <v>642</v>
       </c>
       <c r="N95" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A96">
-        <v>36716637</v>
+        <v>36716633</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>614</v>
+        <v>653</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J96" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K96" s="1" t="s">
-        <v>615</v>
+        <v>654</v>
       </c>
       <c r="N96" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A97">
-        <v>36502832</v>
+        <v>36716630</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>689</v>
+        <v>647</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J97" s="1" t="s">
-        <v>679</v>
+        <v>592</v>
       </c>
       <c r="K97" s="1" t="s">
-        <v>690</v>
-[...5 lines deleted...]
-        <v>19360</v>
+        <v>648</v>
       </c>
       <c r="N97" s="1" t="s">
-        <v>691</v>
+        <v>16</v>
       </c>
     </row>
     <row r="98" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A98">
-        <v>35540857</v>
+        <v>36716637</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>778</v>
+        <v>661</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J98" s="1" t="s">
-        <v>756</v>
+        <v>592</v>
       </c>
       <c r="K98" s="1" t="s">
-        <v>779</v>
-[...5 lines deleted...]
-        <v>22189</v>
+        <v>662</v>
       </c>
       <c r="N98" s="1" t="s">
-        <v>780</v>
+        <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A99">
-        <v>36605638</v>
+        <v>36502832</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>646</v>
+        <v>735</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J99" s="1" t="s">
-        <v>635</v>
+        <v>725</v>
       </c>
       <c r="K99" s="1" t="s">
-        <v>647</v>
+        <v>736</v>
       </c>
       <c r="L99" s="2">
-        <v>25569</v>
+        <v>19360</v>
       </c>
       <c r="M99" s="2">
-        <v>25569</v>
+        <v>19360</v>
       </c>
       <c r="N99" s="1" t="s">
-        <v>510</v>
+        <v>737</v>
       </c>
     </row>
     <row r="100" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A100">
-        <v>39176715</v>
+        <v>35540857</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>511</v>
+        <v>824</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J100" s="1" t="s">
-        <v>508</v>
+        <v>802</v>
       </c>
       <c r="K100" s="1" t="s">
-        <v>512</v>
+        <v>825</v>
       </c>
       <c r="L100" s="2">
-        <v>25569</v>
+        <v>21186</v>
       </c>
       <c r="M100" s="2">
-        <v>25569</v>
+        <v>22189</v>
       </c>
       <c r="N100" s="1" t="s">
-        <v>510</v>
+        <v>39</v>
       </c>
     </row>
     <row r="101" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A101">
-        <v>35540849</v>
+        <v>36605638</v>
       </c>
       <c r="B101" s="1" t="s">
-        <v>762</v>
+        <v>693</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J101" s="1" t="s">
-        <v>756</v>
+        <v>682</v>
       </c>
       <c r="K101" s="1" t="s">
-        <v>763</v>
+        <v>694</v>
       </c>
       <c r="L101" s="2">
-        <v>26299</v>
+        <v>25569</v>
       </c>
       <c r="M101" s="2">
-        <v>26299</v>
+        <v>25569</v>
       </c>
       <c r="N101" s="1" t="s">
-        <v>118</v>
+        <v>557</v>
       </c>
     </row>
     <row r="102" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A102">
-        <v>39948459</v>
+        <v>39176715</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>176</v>
+        <v>558</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J102" s="1" t="s">
-        <v>123</v>
+        <v>555</v>
       </c>
       <c r="K102" s="1" t="s">
-        <v>177</v>
+        <v>559</v>
       </c>
       <c r="L102" s="2">
-        <v>42184</v>
+        <v>25569</v>
       </c>
       <c r="M102" s="2">
-        <v>42184</v>
+        <v>25569</v>
       </c>
       <c r="N102" s="1" t="s">
-        <v>128</v>
+        <v>557</v>
       </c>
     </row>
     <row r="103" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A103">
-        <v>35540859</v>
+        <v>35540849</v>
       </c>
       <c r="B103" s="1" t="s">
-        <v>783</v>
+        <v>808</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J103" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K103" s="1" t="s">
-        <v>784</v>
+        <v>809</v>
       </c>
       <c r="L103" s="2">
-        <v>20821</v>
+        <v>26299</v>
       </c>
       <c r="M103" s="2">
-        <v>20821</v>
+        <v>26299</v>
       </c>
       <c r="N103" s="1" t="s">
-        <v>22</v>
+        <v>165</v>
       </c>
     </row>
     <row r="104" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A104">
-        <v>35540858</v>
+        <v>39948459</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>781</v>
+        <v>223</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J104" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K104" s="1" t="s">
-        <v>782</v>
+        <v>224</v>
       </c>
       <c r="L104" s="2">
-        <v>20821</v>
+        <v>42184</v>
       </c>
       <c r="M104" s="2">
-        <v>20821</v>
+        <v>42184</v>
       </c>
       <c r="N104" s="1" t="s">
-        <v>22</v>
+        <v>175</v>
       </c>
     </row>
     <row r="105" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A105">
-        <v>35540860</v>
+        <v>35540859</v>
       </c>
       <c r="B105" s="1" t="s">
-        <v>785</v>
+        <v>828</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J105" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K105" s="1" t="s">
-        <v>786</v>
+        <v>829</v>
       </c>
       <c r="L105" s="2">
         <v>20821</v>
       </c>
       <c r="M105" s="2">
         <v>20821</v>
       </c>
       <c r="N105" s="1" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
     </row>
     <row r="106" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A106">
-        <v>35540863</v>
+        <v>35540858</v>
       </c>
       <c r="B106" s="1" t="s">
-        <v>791</v>
+        <v>826</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J106" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K106" s="1" t="s">
-        <v>792</v>
+        <v>827</v>
       </c>
       <c r="L106" s="2">
         <v>20821</v>
       </c>
       <c r="M106" s="2">
         <v>20821</v>
       </c>
       <c r="N106" s="1" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
     </row>
     <row r="107" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A107">
-        <v>35540861</v>
+        <v>35540860</v>
       </c>
       <c r="B107" s="1" t="s">
-        <v>787</v>
+        <v>830</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J107" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K107" s="1" t="s">
-        <v>788</v>
+        <v>831</v>
       </c>
       <c r="L107" s="2">
         <v>20821</v>
       </c>
       <c r="M107" s="2">
         <v>20821</v>
       </c>
       <c r="N107" s="1" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
     </row>
     <row r="108" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A108">
-        <v>35540862</v>
+        <v>35540863</v>
       </c>
       <c r="B108" s="1" t="s">
-        <v>789</v>
+        <v>836</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J108" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K108" s="1" t="s">
-        <v>790</v>
+        <v>837</v>
       </c>
       <c r="L108" s="2">
         <v>20821</v>
       </c>
       <c r="M108" s="2">
         <v>20821</v>
       </c>
       <c r="N108" s="1" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
     </row>
     <row r="109" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A109">
-        <v>35540865</v>
+        <v>35540861</v>
       </c>
       <c r="B109" s="1" t="s">
-        <v>795</v>
+        <v>832</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J109" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K109" s="1" t="s">
-        <v>796</v>
+        <v>833</v>
       </c>
       <c r="L109" s="2">
         <v>20821</v>
       </c>
       <c r="M109" s="2">
         <v>20821</v>
       </c>
       <c r="N109" s="1" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
     </row>
     <row r="110" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A110">
-        <v>35540864</v>
+        <v>35540862</v>
       </c>
       <c r="B110" s="1" t="s">
-        <v>793</v>
+        <v>834</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J110" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K110" s="1" t="s">
-        <v>794</v>
+        <v>835</v>
       </c>
       <c r="L110" s="2">
         <v>20821</v>
       </c>
       <c r="M110" s="2">
         <v>20821</v>
       </c>
       <c r="N110" s="1" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
     </row>
     <row r="111" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A111">
-        <v>35540879</v>
+        <v>35540865</v>
       </c>
       <c r="B111" s="1" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J111" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K111" s="1" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="L111" s="2">
-        <v>19725</v>
+        <v>20821</v>
       </c>
       <c r="M111" s="2">
-        <v>19725</v>
+        <v>20821</v>
       </c>
       <c r="N111" s="1" t="s">
-        <v>684</v>
+        <v>71</v>
       </c>
     </row>
     <row r="112" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A112">
-        <v>35540850</v>
+        <v>35540864</v>
       </c>
       <c r="B112" s="1" t="s">
-        <v>764</v>
+        <v>838</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J112" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K112" s="1" t="s">
-        <v>765</v>
+        <v>839</v>
       </c>
       <c r="L112" s="2">
-        <v>22647</v>
+        <v>20821</v>
       </c>
       <c r="M112" s="2">
-        <v>22647</v>
+        <v>20821</v>
       </c>
       <c r="N112" s="1" t="s">
-        <v>439</v>
+        <v>71</v>
       </c>
     </row>
     <row r="113" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A113">
-        <v>36599105</v>
+        <v>35540879</v>
       </c>
       <c r="B113" s="1" t="s">
-        <v>669</v>
+        <v>874</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J113" s="1" t="s">
-        <v>635</v>
+        <v>802</v>
       </c>
       <c r="K113" s="1" t="s">
-        <v>670</v>
+        <v>875</v>
+      </c>
+      <c r="L113" s="2">
+        <v>19725</v>
+      </c>
+      <c r="M113" s="2">
+        <v>19725</v>
       </c>
       <c r="N113" s="1" t="s">
-        <v>16</v>
+        <v>730</v>
       </c>
     </row>
     <row r="114" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A114">
-        <v>36599104</v>
+        <v>35540850</v>
       </c>
       <c r="B114" s="1" t="s">
-        <v>666</v>
+        <v>810</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J114" s="1" t="s">
-        <v>635</v>
+        <v>802</v>
       </c>
       <c r="K114" s="1" t="s">
-        <v>667</v>
+        <v>811</v>
       </c>
       <c r="L114" s="2">
-        <v>17797</v>
+        <v>22647</v>
       </c>
       <c r="M114" s="2">
-        <v>17797</v>
+        <v>22647</v>
       </c>
       <c r="N114" s="1" t="s">
-        <v>668</v>
+        <v>486</v>
       </c>
     </row>
     <row r="115" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A115">
-        <v>39572865</v>
+        <v>36599105</v>
       </c>
       <c r="B115" s="1" t="s">
-        <v>435</v>
+        <v>715</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J115" s="1" t="s">
-        <v>17</v>
+        <v>682</v>
       </c>
       <c r="K115" s="1" t="s">
-        <v>436</v>
-[...5 lines deleted...]
-        <v>20821</v>
+        <v>716</v>
       </c>
       <c r="N115" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A116">
-        <v>39948460</v>
+        <v>36599104</v>
       </c>
       <c r="B116" s="1" t="s">
-        <v>178</v>
+        <v>713</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J116" s="1" t="s">
-        <v>123</v>
+        <v>682</v>
       </c>
       <c r="K116" s="1" t="s">
-        <v>179</v>
+        <v>714</v>
       </c>
       <c r="L116" s="2">
-        <v>41769</v>
+        <v>17797</v>
       </c>
       <c r="M116" s="2">
-        <v>41769</v>
+        <v>17797</v>
       </c>
       <c r="N116" s="1" t="s">
-        <v>139</v>
+        <v>33</v>
       </c>
     </row>
     <row r="117" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A117">
-        <v>39572866</v>
+        <v>39572865</v>
       </c>
       <c r="B117" s="1" t="s">
-        <v>437</v>
+        <v>482</v>
       </c>
       <c r="C117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J117" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K117" s="1" t="s">
-        <v>438</v>
+        <v>483</v>
       </c>
       <c r="L117" s="2">
-        <v>22647</v>
+        <v>20821</v>
       </c>
       <c r="M117" s="2">
-        <v>22647</v>
+        <v>20821</v>
       </c>
       <c r="N117" s="1" t="s">
-        <v>439</v>
+        <v>71</v>
       </c>
     </row>
     <row r="118" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A118">
-        <v>40281830</v>
+        <v>39948460</v>
       </c>
       <c r="B118" s="1" t="s">
-        <v>88</v>
+        <v>225</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J118" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K118" s="1" t="s">
-        <v>89</v>
+        <v>226</v>
       </c>
       <c r="L118" s="2">
-        <v>21125</v>
+        <v>41769</v>
       </c>
       <c r="M118" s="2">
-        <v>21125</v>
+        <v>41769</v>
       </c>
       <c r="N118" s="1" t="s">
-        <v>22</v>
+        <v>186</v>
       </c>
     </row>
     <row r="119" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A119">
-        <v>40281804</v>
+        <v>39572866</v>
       </c>
       <c r="B119" s="1" t="s">
-        <v>31</v>
+        <v>484</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J119" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K119" s="1" t="s">
-        <v>32</v>
+        <v>485</v>
       </c>
       <c r="L119" s="2">
-        <v>20821</v>
+        <v>22647</v>
       </c>
       <c r="M119" s="2">
-        <v>20821</v>
+        <v>22647</v>
       </c>
       <c r="N119" s="1" t="s">
-        <v>22</v>
+        <v>486</v>
       </c>
     </row>
     <row r="120" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A120">
-        <v>40281805</v>
+        <v>40281830</v>
       </c>
       <c r="B120" s="1" t="s">
-        <v>33</v>
+        <v>136</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J120" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K120" s="1" t="s">
-        <v>34</v>
+        <v>137</v>
       </c>
       <c r="L120" s="2">
-        <v>20703</v>
+        <v>21125</v>
       </c>
       <c r="M120" s="2">
-        <v>20703</v>
+        <v>21125</v>
       </c>
       <c r="N120" s="1" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
     </row>
     <row r="121" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A121">
-        <v>39948461</v>
+        <v>40281804</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>180</v>
+        <v>80</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J121" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K121" s="1" t="s">
-        <v>181</v>
+        <v>81</v>
       </c>
       <c r="L121" s="2">
-        <v>42227</v>
+        <v>20821</v>
       </c>
       <c r="M121" s="2">
-        <v>42227</v>
+        <v>20821</v>
       </c>
       <c r="N121" s="1" t="s">
-        <v>128</v>
+        <v>71</v>
       </c>
     </row>
     <row r="122" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A122">
-        <v>39948462</v>
+        <v>40281805</v>
       </c>
       <c r="B122" s="1" t="s">
-        <v>182</v>
+        <v>82</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J122" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K122" s="1" t="s">
-        <v>183</v>
+        <v>83</v>
       </c>
       <c r="L122" s="2">
-        <v>42139</v>
+        <v>20703</v>
       </c>
       <c r="M122" s="2">
-        <v>42139</v>
+        <v>20703</v>
       </c>
       <c r="N122" s="1" t="s">
-        <v>128</v>
+        <v>74</v>
       </c>
     </row>
     <row r="123" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A123">
-        <v>39948463</v>
+        <v>39948461</v>
       </c>
       <c r="B123" s="1" t="s">
-        <v>184</v>
+        <v>227</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J123" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K123" s="1" t="s">
-        <v>185</v>
+        <v>228</v>
       </c>
       <c r="L123" s="2">
-        <v>41786</v>
+        <v>42227</v>
       </c>
       <c r="M123" s="2">
-        <v>41786</v>
+        <v>42227</v>
       </c>
       <c r="N123" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="124" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A124">
-        <v>39948464</v>
+        <v>39948462</v>
       </c>
       <c r="B124" s="1" t="s">
-        <v>186</v>
+        <v>229</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J124" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K124" s="1" t="s">
-        <v>187</v>
+        <v>230</v>
       </c>
       <c r="L124" s="2">
-        <v>41776</v>
+        <v>42139</v>
       </c>
       <c r="M124" s="2">
-        <v>41776</v>
+        <v>42139</v>
       </c>
       <c r="N124" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="125" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A125">
-        <v>39572868</v>
+        <v>39948463</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>442</v>
+        <v>231</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="D125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J125" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K125" s="1" t="s">
-        <v>443</v>
+        <v>232</v>
+      </c>
+      <c r="L125" s="2">
+        <v>41786</v>
+      </c>
+      <c r="M125" s="2">
+        <v>41786</v>
       </c>
       <c r="N125" s="1" t="s">
-        <v>16</v>
+        <v>186</v>
       </c>
     </row>
     <row r="126" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A126">
-        <v>39572869</v>
+        <v>39948464</v>
       </c>
       <c r="B126" s="1" t="s">
-        <v>444</v>
+        <v>233</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
       <c r="D126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J126" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K126" s="1" t="s">
-        <v>445</v>
+        <v>234</v>
       </c>
       <c r="L126" s="2">
-        <v>23743</v>
+        <v>41776</v>
       </c>
       <c r="M126" s="2">
-        <v>23743</v>
+        <v>41776</v>
       </c>
       <c r="N126" s="1" t="s">
-        <v>446</v>
+        <v>186</v>
       </c>
     </row>
     <row r="127" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A127">
-        <v>39572872</v>
+        <v>39572868</v>
       </c>
       <c r="B127" s="1" t="s">
-        <v>451</v>
+        <v>489</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J127" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K127" s="1" t="s">
-        <v>452</v>
-[...5 lines deleted...]
-        <v>23743</v>
+        <v>490</v>
       </c>
       <c r="N127" s="1" t="s">
-        <v>446</v>
+        <v>16</v>
       </c>
     </row>
     <row r="128" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A128">
-        <v>39572873</v>
+        <v>39572869</v>
       </c>
       <c r="B128" s="1" t="s">
-        <v>453</v>
+        <v>491</v>
       </c>
       <c r="C128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J128" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K128" s="1" t="s">
-        <v>454</v>
+        <v>492</v>
       </c>
       <c r="L128" s="2">
         <v>23743</v>
       </c>
       <c r="M128" s="2">
         <v>23743</v>
       </c>
       <c r="N128" s="1" t="s">
-        <v>446</v>
+        <v>493</v>
       </c>
     </row>
     <row r="129" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A129">
-        <v>39572874</v>
+        <v>39572872</v>
       </c>
       <c r="B129" s="1" t="s">
-        <v>455</v>
+        <v>498</v>
       </c>
       <c r="C129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J129" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K129" s="1" t="s">
-        <v>456</v>
+        <v>499</v>
       </c>
       <c r="L129" s="2">
         <v>23743</v>
       </c>
       <c r="M129" s="2">
         <v>23743</v>
       </c>
       <c r="N129" s="1" t="s">
-        <v>446</v>
+        <v>493</v>
       </c>
     </row>
     <row r="130" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A130">
-        <v>39572870</v>
+        <v>39572873</v>
       </c>
       <c r="B130" s="1" t="s">
-        <v>447</v>
+        <v>500</v>
       </c>
       <c r="C130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J130" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K130" s="1" t="s">
-        <v>448</v>
+        <v>501</v>
       </c>
       <c r="L130" s="2">
         <v>23743</v>
       </c>
       <c r="M130" s="2">
         <v>23743</v>
       </c>
       <c r="N130" s="1" t="s">
-        <v>446</v>
+        <v>493</v>
       </c>
     </row>
     <row r="131" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A131">
-        <v>39572871</v>
+        <v>39572874</v>
       </c>
       <c r="B131" s="1" t="s">
-        <v>449</v>
+        <v>502</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J131" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K131" s="1" t="s">
-        <v>450</v>
+        <v>503</v>
       </c>
       <c r="L131" s="2">
-        <v>22647</v>
+        <v>23743</v>
       </c>
       <c r="M131" s="2">
-        <v>22647</v>
+        <v>23743</v>
       </c>
       <c r="N131" s="1" t="s">
-        <v>439</v>
+        <v>493</v>
       </c>
     </row>
     <row r="132" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A132">
-        <v>35540854</v>
+        <v>39572870</v>
       </c>
       <c r="B132" s="1" t="s">
-        <v>772</v>
+        <v>494</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="D132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J132" s="1" t="s">
-        <v>756</v>
+        <v>66</v>
       </c>
       <c r="K132" s="1" t="s">
-        <v>773</v>
+        <v>495</v>
       </c>
       <c r="L132" s="2">
-        <v>19360</v>
+        <v>23743</v>
       </c>
       <c r="M132" s="2">
-        <v>19360</v>
+        <v>23743</v>
       </c>
       <c r="N132" s="1" t="s">
-        <v>691</v>
+        <v>493</v>
       </c>
     </row>
     <row r="133" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A133">
-        <v>39948465</v>
+        <v>39572871</v>
       </c>
       <c r="B133" s="1" t="s">
-        <v>188</v>
+        <v>496</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>122</v>
+        <v>16</v>
       </c>
       <c r="D133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J133" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K133" s="1" t="s">
-        <v>189</v>
+        <v>497</v>
       </c>
       <c r="L133" s="2">
-        <v>41769</v>
+        <v>22647</v>
       </c>
       <c r="M133" s="2">
-        <v>41769</v>
+        <v>22647</v>
       </c>
       <c r="N133" s="1" t="s">
-        <v>139</v>
+        <v>486</v>
       </c>
     </row>
     <row r="134" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A134">
-        <v>36716640</v>
+        <v>35540854</v>
       </c>
       <c r="B134" s="1" t="s">
-        <v>620</v>
+        <v>818</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J134" s="1" t="s">
-        <v>545</v>
+        <v>802</v>
       </c>
       <c r="K134" s="1" t="s">
-        <v>621</v>
+        <v>819</v>
       </c>
       <c r="L134" s="2">
-        <v>28856</v>
+        <v>19360</v>
       </c>
       <c r="M134" s="2">
-        <v>28856</v>
+        <v>19360</v>
       </c>
       <c r="N134" s="1" t="s">
-        <v>622</v>
+        <v>737</v>
       </c>
     </row>
     <row r="135" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A135">
-        <v>36716642</v>
+        <v>39948465</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>626</v>
+        <v>235</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D135" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E135" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H135" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J135" s="1" t="s">
-        <v>545</v>
+        <v>170</v>
       </c>
       <c r="K135" s="1" t="s">
-        <v>627</v>
+        <v>236</v>
       </c>
       <c r="L135" s="2">
-        <v>24108</v>
+        <v>41769</v>
       </c>
       <c r="M135" s="2">
-        <v>24108</v>
+        <v>41769</v>
       </c>
       <c r="N135" s="1" t="s">
-        <v>531</v>
+        <v>186</v>
       </c>
     </row>
     <row r="136" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A136">
-        <v>35540855</v>
+        <v>36716640</v>
       </c>
       <c r="B136" s="1" t="s">
-        <v>774</v>
+        <v>667</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I136" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J136" s="1" t="s">
-        <v>756</v>
+        <v>592</v>
       </c>
       <c r="K136" s="1" t="s">
-        <v>775</v>
+        <v>668</v>
       </c>
       <c r="L136" s="2">
-        <v>24838</v>
+        <v>28856</v>
       </c>
       <c r="M136" s="2">
-        <v>24838</v>
+        <v>28856</v>
       </c>
       <c r="N136" s="1" t="s">
-        <v>487</v>
+        <v>669</v>
       </c>
     </row>
     <row r="137" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A137">
-        <v>39942408</v>
+        <v>36716642</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>367</v>
+        <v>673</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J137" s="1" t="s">
-        <v>364</v>
+        <v>592</v>
       </c>
       <c r="K137" s="1" t="s">
-        <v>368</v>
+        <v>674</v>
       </c>
       <c r="L137" s="2">
-        <v>26299</v>
+        <v>24108</v>
       </c>
       <c r="M137" s="2">
-        <v>28574</v>
+        <v>24108</v>
       </c>
       <c r="N137" s="1" t="s">
-        <v>369</v>
+        <v>578</v>
       </c>
     </row>
     <row r="138" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A138">
-        <v>36502828</v>
+        <v>35540855</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>678</v>
+        <v>820</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D138" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E138" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H138" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J138" s="1" t="s">
-        <v>679</v>
+        <v>802</v>
       </c>
       <c r="K138" s="1" t="s">
-        <v>680</v>
+        <v>821</v>
       </c>
       <c r="L138" s="2">
-        <v>34335</v>
+        <v>24838</v>
       </c>
       <c r="M138" s="2">
-        <v>34335</v>
+        <v>24838</v>
       </c>
       <c r="N138" s="1" t="s">
-        <v>681</v>
+        <v>534</v>
       </c>
     </row>
     <row r="139" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A139">
-        <v>36716626</v>
+        <v>39942408</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>592</v>
+        <v>414</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J139" s="1" t="s">
-        <v>545</v>
+        <v>411</v>
       </c>
       <c r="K139" s="1" t="s">
-        <v>593</v>
+        <v>415</v>
+      </c>
+      <c r="L139" s="2">
+        <v>26299</v>
+      </c>
+      <c r="M139" s="2">
+        <v>28574</v>
       </c>
       <c r="N139" s="1" t="s">
-        <v>16</v>
+        <v>416</v>
       </c>
     </row>
     <row r="140" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A140">
-        <v>39948466</v>
+        <v>36502828</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>190</v>
+        <v>724</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I140" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J140" s="1" t="s">
-        <v>123</v>
+        <v>725</v>
       </c>
       <c r="K140" s="1" t="s">
-        <v>191</v>
+        <v>726</v>
       </c>
       <c r="L140" s="2">
-        <v>42180</v>
+        <v>34335</v>
       </c>
       <c r="M140" s="2">
-        <v>42180</v>
+        <v>34335</v>
       </c>
       <c r="N140" s="1" t="s">
-        <v>128</v>
+        <v>727</v>
       </c>
     </row>
     <row r="141" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A141">
-        <v>39176716</v>
+        <v>36716626</v>
       </c>
       <c r="B141" s="1" t="s">
-        <v>513</v>
+        <v>639</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I141" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J141" s="1" t="s">
-        <v>508</v>
+        <v>592</v>
       </c>
       <c r="K141" s="1" t="s">
-        <v>514</v>
-[...5 lines deleted...]
-        <v>24838</v>
+        <v>640</v>
       </c>
       <c r="N141" s="1" t="s">
-        <v>487</v>
+        <v>16</v>
       </c>
     </row>
     <row r="142" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A142">
-        <v>36716624</v>
+        <v>39948466</v>
       </c>
       <c r="B142" s="1" t="s">
-        <v>588</v>
+        <v>237</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I142" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J142" s="1" t="s">
-        <v>545</v>
+        <v>170</v>
       </c>
       <c r="K142" s="1" t="s">
-        <v>589</v>
+        <v>238</v>
+      </c>
+      <c r="L142" s="2">
+        <v>42180</v>
+      </c>
+      <c r="M142" s="2">
+        <v>42180</v>
       </c>
       <c r="N142" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
     </row>
     <row r="143" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A143">
-        <v>36716625</v>
+        <v>39176716</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>590</v>
+        <v>560</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J143" s="1" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="K143" s="1" t="s">
-        <v>591</v>
+        <v>561</v>
+      </c>
+      <c r="L143" s="2">
+        <v>24838</v>
+      </c>
+      <c r="M143" s="2">
+        <v>24838</v>
       </c>
       <c r="N143" s="1" t="s">
-        <v>16</v>
+        <v>534</v>
       </c>
     </row>
     <row r="144" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A144">
-        <v>36599106</v>
+        <v>36716624</v>
       </c>
       <c r="B144" s="1" t="s">
-        <v>671</v>
+        <v>635</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D144" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E144" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H144" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I144" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J144" s="1" t="s">
-        <v>635</v>
+        <v>592</v>
       </c>
       <c r="K144" s="1" t="s">
-        <v>672</v>
-[...5 lines deleted...]
-        <v>14906</v>
+        <v>636</v>
       </c>
       <c r="N144" s="1" t="s">
-        <v>673</v>
+        <v>16</v>
       </c>
     </row>
     <row r="145" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A145">
-        <v>36716603</v>
+        <v>36716625</v>
       </c>
       <c r="B145" s="1" t="s">
-        <v>544</v>
+        <v>637</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I145" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J145" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K145" s="1" t="s">
-        <v>546</v>
+        <v>638</v>
       </c>
       <c r="N145" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="146" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A146">
-        <v>35540880</v>
+        <v>36599106</v>
       </c>
       <c r="B146" s="1" t="s">
-        <v>832</v>
+        <v>717</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J146" s="1" t="s">
-        <v>756</v>
+        <v>682</v>
       </c>
       <c r="K146" s="1" t="s">
-        <v>833</v>
+        <v>718</v>
       </c>
       <c r="L146" s="2">
-        <v>44562</v>
+        <v>14906</v>
       </c>
       <c r="M146" s="2">
-        <v>44562</v>
+        <v>14906</v>
       </c>
       <c r="N146" s="1" t="s">
-        <v>834</v>
+        <v>719</v>
       </c>
     </row>
     <row r="147" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A147">
-        <v>39948467</v>
+        <v>36716603</v>
       </c>
       <c r="B147" s="1" t="s">
-        <v>192</v>
+        <v>591</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J147" s="1" t="s">
-        <v>123</v>
+        <v>592</v>
       </c>
       <c r="K147" s="1" t="s">
-        <v>193</v>
-[...5 lines deleted...]
-        <v>42262</v>
+        <v>593</v>
       </c>
       <c r="N147" s="1" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="148" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A148">
-        <v>39948468</v>
+        <v>35540880</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>194</v>
+        <v>876</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I148" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J148" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K148" s="1" t="s">
-        <v>195</v>
+        <v>877</v>
       </c>
       <c r="L148" s="2">
-        <v>42144</v>
+        <v>44562</v>
       </c>
       <c r="M148" s="2">
-        <v>42144</v>
+        <v>44562</v>
       </c>
       <c r="N148" s="1" t="s">
-        <v>128</v>
+        <v>878</v>
       </c>
     </row>
     <row r="149" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A149">
-        <v>39948469</v>
+        <v>39948467</v>
       </c>
       <c r="B149" s="1" t="s">
-        <v>196</v>
+        <v>239</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I149" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J149" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K149" s="1" t="s">
-        <v>197</v>
+        <v>240</v>
       </c>
       <c r="L149" s="2">
-        <v>41788</v>
+        <v>42262</v>
       </c>
       <c r="M149" s="2">
-        <v>41788</v>
+        <v>42262</v>
       </c>
       <c r="N149" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="150" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A150">
-        <v>39948470</v>
+        <v>39948468</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>198</v>
+        <v>241</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J150" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K150" s="1" t="s">
-        <v>199</v>
+        <v>242</v>
       </c>
       <c r="L150" s="2">
-        <v>41773</v>
+        <v>42144</v>
       </c>
       <c r="M150" s="2">
-        <v>41773</v>
+        <v>42144</v>
       </c>
       <c r="N150" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="151" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A151">
-        <v>39948471</v>
+        <v>39948469</v>
       </c>
       <c r="B151" s="1" t="s">
-        <v>200</v>
+        <v>243</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J151" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K151" s="1" t="s">
-        <v>201</v>
+        <v>244</v>
       </c>
       <c r="L151" s="2">
-        <v>42130</v>
+        <v>41788</v>
       </c>
       <c r="M151" s="2">
-        <v>42130</v>
+        <v>41788</v>
       </c>
       <c r="N151" s="1" t="s">
-        <v>128</v>
+        <v>186</v>
       </c>
     </row>
     <row r="152" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A152">
-        <v>39948472</v>
+        <v>39948470</v>
       </c>
       <c r="B152" s="1" t="s">
-        <v>202</v>
+        <v>245</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I152" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J152" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K152" s="1" t="s">
-        <v>203</v>
+        <v>246</v>
       </c>
       <c r="L152" s="2">
-        <v>42121</v>
+        <v>41773</v>
       </c>
       <c r="M152" s="2">
-        <v>42121</v>
+        <v>41773</v>
       </c>
       <c r="N152" s="1" t="s">
-        <v>128</v>
+        <v>186</v>
       </c>
     </row>
     <row r="153" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A153">
-        <v>39463936</v>
+        <v>39948471</v>
       </c>
       <c r="B153" s="1" t="s">
-        <v>503</v>
+        <v>247</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>504</v>
+        <v>169</v>
       </c>
       <c r="D153" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H153" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I153" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J153" s="1" t="s">
-        <v>501</v>
+        <v>170</v>
       </c>
       <c r="K153" s="1" t="s">
-        <v>505</v>
+        <v>248</v>
       </c>
       <c r="L153" s="2">
-        <v>22920</v>
+        <v>42130</v>
       </c>
       <c r="M153" s="2">
-        <v>27647</v>
+        <v>42130</v>
       </c>
       <c r="N153" s="1" t="s">
-        <v>506</v>
+        <v>175</v>
       </c>
     </row>
     <row r="154" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A154">
-        <v>39948473</v>
+        <v>39948472</v>
       </c>
       <c r="B154" s="1" t="s">
-        <v>204</v>
+        <v>249</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D154" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E154" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H154" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I154" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J154" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K154" s="1" t="s">
-        <v>205</v>
+        <v>250</v>
       </c>
       <c r="L154" s="2">
-        <v>45139</v>
+        <v>42121</v>
       </c>
       <c r="M154" s="2">
-        <v>45139</v>
+        <v>42121</v>
       </c>
       <c r="N154" s="1" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A155">
-        <v>39948474</v>
+        <v>39463936</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>206</v>
+        <v>550</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>122</v>
+        <v>551</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H155" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J155" s="1" t="s">
-        <v>123</v>
+        <v>548</v>
       </c>
       <c r="K155" s="1" t="s">
-        <v>207</v>
+        <v>552</v>
       </c>
       <c r="L155" s="2">
-        <v>41788</v>
+        <v>22920</v>
       </c>
       <c r="M155" s="2">
-        <v>41788</v>
+        <v>27647</v>
       </c>
       <c r="N155" s="1" t="s">
-        <v>139</v>
+        <v>553</v>
       </c>
     </row>
     <row r="156" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A156">
-        <v>40281811</v>
+        <v>39948473</v>
       </c>
       <c r="B156" s="1" t="s">
-        <v>45</v>
+        <v>251</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I156" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J156" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K156" s="1" t="s">
-        <v>46</v>
+        <v>252</v>
       </c>
       <c r="L156" s="2">
-        <v>22295</v>
+        <v>45139</v>
       </c>
       <c r="M156" s="2">
-        <v>22295</v>
+        <v>45139</v>
       </c>
       <c r="N156" s="1" t="s">
-        <v>47</v>
+        <v>172</v>
       </c>
     </row>
     <row r="157" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A157">
-        <v>35540881</v>
+        <v>39948474</v>
       </c>
       <c r="B157" s="1" t="s">
-        <v>835</v>
+        <v>253</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J157" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K157" s="1" t="s">
-        <v>836</v>
+        <v>254</v>
       </c>
       <c r="L157" s="2">
-        <v>21551</v>
+        <v>41788</v>
       </c>
       <c r="M157" s="2">
-        <v>21629</v>
+        <v>41788</v>
       </c>
       <c r="N157" s="1" t="s">
-        <v>67</v>
+        <v>186</v>
       </c>
     </row>
     <row r="158" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A158">
-        <v>39948475</v>
+        <v>40281811</v>
       </c>
       <c r="B158" s="1" t="s">
-        <v>208</v>
+        <v>94</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I158" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J158" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K158" s="1" t="s">
-        <v>209</v>
+        <v>95</v>
       </c>
       <c r="L158" s="2">
-        <v>45135</v>
+        <v>22295</v>
       </c>
       <c r="M158" s="2">
-        <v>45135</v>
+        <v>22295</v>
       </c>
       <c r="N158" s="1" t="s">
-        <v>125</v>
+        <v>96</v>
       </c>
     </row>
     <row r="159" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A159">
-        <v>39948476</v>
+        <v>35540881</v>
       </c>
       <c r="B159" s="1" t="s">
-        <v>210</v>
+        <v>879</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J159" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K159" s="1" t="s">
-        <v>211</v>
+        <v>880</v>
       </c>
       <c r="L159" s="2">
-        <v>42185</v>
+        <v>21551</v>
       </c>
       <c r="M159" s="2">
-        <v>42185</v>
+        <v>21629</v>
       </c>
       <c r="N159" s="1" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
     </row>
     <row r="160" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A160">
-        <v>39948477</v>
+        <v>39948475</v>
       </c>
       <c r="B160" s="1" t="s">
-        <v>212</v>
+        <v>255</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D160" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E160" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H160" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I160" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J160" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K160" s="1" t="s">
-        <v>213</v>
+        <v>256</v>
       </c>
       <c r="L160" s="2">
-        <v>42142</v>
+        <v>45135</v>
       </c>
       <c r="M160" s="2">
-        <v>42142</v>
+        <v>45135</v>
       </c>
       <c r="N160" s="1" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
     </row>
     <row r="161" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A161">
-        <v>39948478</v>
+        <v>39948476</v>
       </c>
       <c r="B161" s="1" t="s">
-        <v>214</v>
+        <v>257</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J161" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K161" s="1" t="s">
-        <v>215</v>
+        <v>258</v>
       </c>
       <c r="L161" s="2">
-        <v>41787</v>
+        <v>42185</v>
       </c>
       <c r="M161" s="2">
-        <v>41787</v>
+        <v>42185</v>
       </c>
       <c r="N161" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="162" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A162">
-        <v>39948479</v>
+        <v>39948477</v>
       </c>
       <c r="B162" s="1" t="s">
-        <v>216</v>
+        <v>259</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J162" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K162" s="1" t="s">
-        <v>217</v>
+        <v>260</v>
       </c>
       <c r="L162" s="2">
-        <v>41773</v>
+        <v>42142</v>
       </c>
       <c r="M162" s="2">
-        <v>41773</v>
+        <v>42142</v>
       </c>
       <c r="N162" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="163" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A163">
-        <v>39948480</v>
+        <v>39948478</v>
       </c>
       <c r="B163" s="1" t="s">
-        <v>218</v>
+        <v>261</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J163" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K163" s="1" t="s">
-        <v>219</v>
+        <v>262</v>
       </c>
       <c r="L163" s="2">
-        <v>45134</v>
+        <v>41787</v>
       </c>
       <c r="M163" s="2">
-        <v>45134</v>
+        <v>41787</v>
       </c>
       <c r="N163" s="1" t="s">
-        <v>125</v>
+        <v>186</v>
       </c>
     </row>
     <row r="164" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A164">
-        <v>35540866</v>
+        <v>39948479</v>
       </c>
       <c r="B164" s="1" t="s">
-        <v>797</v>
+        <v>263</v>
       </c>
       <c r="C164" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D164" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E164" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H164" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I164" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J164" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K164" s="1" t="s">
-        <v>798</v>
+        <v>264</v>
       </c>
       <c r="L164" s="2">
-        <v>20333</v>
+        <v>41773</v>
       </c>
       <c r="M164" s="2">
-        <v>20821</v>
+        <v>41773</v>
       </c>
       <c r="N164" s="1" t="s">
-        <v>799</v>
+        <v>186</v>
       </c>
     </row>
     <row r="165" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A165">
-        <v>36716643</v>
+        <v>39948480</v>
       </c>
       <c r="B165" s="1" t="s">
-        <v>628</v>
+        <v>265</v>
       </c>
       <c r="C165" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J165" s="1" t="s">
-        <v>545</v>
+        <v>170</v>
       </c>
       <c r="K165" s="1" t="s">
-        <v>629</v>
+        <v>266</v>
       </c>
       <c r="L165" s="2">
-        <v>26299</v>
+        <v>45134</v>
       </c>
       <c r="M165" s="2">
-        <v>26299</v>
+        <v>45134</v>
       </c>
       <c r="N165" s="1" t="s">
-        <v>118</v>
+        <v>172</v>
       </c>
     </row>
     <row r="166" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A166">
-        <v>36469441</v>
+        <v>35540866</v>
       </c>
       <c r="B166" s="1" t="s">
-        <v>740</v>
+        <v>842</v>
       </c>
       <c r="C166" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D166" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E166" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H166" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I166" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J166" s="1" t="s">
-        <v>741</v>
+        <v>802</v>
       </c>
       <c r="K166" s="1" t="s">
-        <v>742</v>
+        <v>843</v>
       </c>
       <c r="L166" s="2">
-        <v>26299</v>
+        <v>20333</v>
       </c>
       <c r="M166" s="2">
-        <v>26299</v>
+        <v>20821</v>
       </c>
       <c r="N166" s="1" t="s">
-        <v>118</v>
+        <v>45</v>
       </c>
     </row>
     <row r="167" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A167">
-        <v>36605633</v>
+        <v>36716643</v>
       </c>
       <c r="B167" s="1" t="s">
-        <v>634</v>
+        <v>675</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J167" s="1" t="s">
-        <v>635</v>
+        <v>592</v>
       </c>
       <c r="K167" s="1" t="s">
-        <v>636</v>
+        <v>676</v>
       </c>
       <c r="L167" s="2">
-        <v>27760</v>
+        <v>26299</v>
       </c>
       <c r="M167" s="2">
-        <v>27760</v>
+        <v>26299</v>
       </c>
       <c r="N167" s="1" t="s">
-        <v>637</v>
+        <v>165</v>
       </c>
     </row>
     <row r="168" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A168">
-        <v>39948481</v>
+        <v>41088359</v>
       </c>
       <c r="B168" s="1" t="s">
-        <v>220</v>
+        <v>23</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D168" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E168" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H168" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I168" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J168" s="1" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K168" s="1" t="s">
-        <v>221</v>
+        <v>24</v>
       </c>
       <c r="L168" s="2">
-        <v>45140</v>
+        <v>14977</v>
       </c>
       <c r="M168" s="2">
-        <v>45140</v>
+        <v>21031</v>
       </c>
       <c r="N168" s="1" t="s">
-        <v>125</v>
+        <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A169">
-        <v>36502853</v>
+        <v>36469441</v>
       </c>
       <c r="B169" s="1" t="s">
-        <v>738</v>
+        <v>786</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I169" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J169" s="1" t="s">
-        <v>679</v>
+        <v>787</v>
       </c>
       <c r="K169" s="1" t="s">
-        <v>739</v>
+        <v>788</v>
       </c>
       <c r="L169" s="2">
-        <v>22647</v>
+        <v>26299</v>
       </c>
       <c r="M169" s="2">
-        <v>22647</v>
+        <v>26299</v>
       </c>
       <c r="N169" s="1" t="s">
-        <v>439</v>
+        <v>165</v>
       </c>
     </row>
     <row r="170" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A170">
-        <v>39544564</v>
+        <v>36605633</v>
       </c>
       <c r="B170" s="1" t="s">
-        <v>457</v>
+        <v>681</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>458</v>
+        <v>15</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>459</v>
+        <v>16</v>
       </c>
       <c r="E170" s="1" t="s">
-        <v>460</v>
+        <v>16</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>461</v>
+        <v>16</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>462</v>
+        <v>16</v>
       </c>
       <c r="H170" s="1" t="s">
-        <v>463</v>
+        <v>16</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>464</v>
+        <v>16</v>
       </c>
       <c r="J170" s="1" t="s">
-        <v>465</v>
+        <v>682</v>
       </c>
       <c r="K170" s="1" t="s">
-        <v>466</v>
+        <v>683</v>
       </c>
       <c r="L170" s="2">
-        <v>11963</v>
+        <v>27760</v>
       </c>
       <c r="M170" s="2">
-        <v>26024</v>
+        <v>27760</v>
       </c>
       <c r="N170" s="1" t="s">
-        <v>467</v>
+        <v>684</v>
       </c>
     </row>
     <row r="171" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A171">
-        <v>39573265</v>
+        <v>39948481</v>
       </c>
       <c r="B171" s="1" t="s">
-        <v>380</v>
+        <v>267</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I171" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J171" s="1" t="s">
-        <v>371</v>
+        <v>170</v>
       </c>
       <c r="K171" s="1" t="s">
-        <v>381</v>
+        <v>268</v>
       </c>
       <c r="L171" s="2">
-        <v>37924</v>
+        <v>45140</v>
       </c>
       <c r="M171" s="2">
-        <v>37924</v>
+        <v>45140</v>
       </c>
       <c r="N171" s="1" t="s">
-        <v>382</v>
+        <v>172</v>
       </c>
     </row>
     <row r="172" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A172">
-        <v>39573275</v>
+        <v>36502853</v>
       </c>
       <c r="B172" s="1" t="s">
-        <v>403</v>
+        <v>784</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D172" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E172" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H172" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J172" s="1" t="s">
-        <v>371</v>
+        <v>725</v>
       </c>
       <c r="K172" s="1" t="s">
-        <v>404</v>
+        <v>785</v>
       </c>
       <c r="L172" s="2">
-        <v>35408</v>
+        <v>22647</v>
       </c>
       <c r="M172" s="2">
-        <v>35408</v>
+        <v>22647</v>
       </c>
       <c r="N172" s="1" t="s">
-        <v>405</v>
+        <v>486</v>
       </c>
     </row>
     <row r="173" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A173">
-        <v>39573272</v>
+        <v>39544564</v>
       </c>
       <c r="B173" s="1" t="s">
-        <v>396</v>
+        <v>504</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>122</v>
+        <v>505</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>16</v>
+        <v>506</v>
       </c>
       <c r="E173" s="1" t="s">
-        <v>16</v>
+        <v>507</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>16</v>
+        <v>508</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>16</v>
+        <v>509</v>
       </c>
       <c r="H173" s="1" t="s">
-        <v>16</v>
+        <v>510</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>16</v>
+        <v>511</v>
       </c>
       <c r="J173" s="1" t="s">
-        <v>371</v>
+        <v>512</v>
       </c>
       <c r="K173" s="1" t="s">
-        <v>397</v>
+        <v>513</v>
       </c>
       <c r="L173" s="2">
-        <v>37211</v>
+        <v>11963</v>
       </c>
       <c r="M173" s="2">
-        <v>37211</v>
+        <v>26024</v>
       </c>
       <c r="N173" s="1" t="s">
-        <v>373</v>
+        <v>514</v>
       </c>
     </row>
     <row r="174" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A174">
-        <v>39573285</v>
+        <v>39573265</v>
       </c>
       <c r="B174" s="1" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J174" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K174" s="1" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="L174" s="2">
-        <v>26149</v>
+        <v>37924</v>
       </c>
       <c r="M174" s="2">
-        <v>26149</v>
+        <v>37924</v>
       </c>
       <c r="N174" s="1" t="s">
-        <v>115</v>
+        <v>429</v>
       </c>
     </row>
     <row r="175" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A175">
-        <v>39573267</v>
+        <v>39573275</v>
       </c>
       <c r="B175" s="1" t="s">
-        <v>386</v>
+        <v>450</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J175" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K175" s="1" t="s">
-        <v>387</v>
+        <v>451</v>
       </c>
       <c r="L175" s="2">
-        <v>37959</v>
+        <v>35408</v>
       </c>
       <c r="M175" s="2">
-        <v>37959</v>
+        <v>35408</v>
       </c>
       <c r="N175" s="1" t="s">
-        <v>382</v>
+        <v>452</v>
       </c>
     </row>
     <row r="176" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A176">
-        <v>39573276</v>
+        <v>39573272</v>
       </c>
       <c r="B176" s="1" t="s">
-        <v>406</v>
+        <v>443</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J176" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K176" s="1" t="s">
-        <v>407</v>
+        <v>444</v>
       </c>
       <c r="L176" s="2">
-        <v>35354</v>
+        <v>37211</v>
       </c>
       <c r="M176" s="2">
-        <v>35354</v>
+        <v>37211</v>
       </c>
       <c r="N176" s="1" t="s">
-        <v>405</v>
+        <v>420</v>
       </c>
     </row>
     <row r="177" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A177">
-        <v>39573277</v>
+        <v>39573285</v>
       </c>
       <c r="B177" s="1" t="s">
-        <v>408</v>
+        <v>471</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J177" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K177" s="1" t="s">
-        <v>409</v>
+        <v>472</v>
       </c>
       <c r="L177" s="2">
-        <v>35369</v>
+        <v>26149</v>
       </c>
       <c r="M177" s="2">
-        <v>35369</v>
+        <v>26149</v>
       </c>
       <c r="N177" s="1" t="s">
-        <v>405</v>
+        <v>162</v>
       </c>
     </row>
     <row r="178" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A178">
-        <v>39573268</v>
+        <v>39573267</v>
       </c>
       <c r="B178" s="1" t="s">
-        <v>388</v>
+        <v>433</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J178" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K178" s="1" t="s">
-        <v>389</v>
+        <v>434</v>
       </c>
       <c r="L178" s="2">
-        <v>37874</v>
+        <v>37959</v>
       </c>
       <c r="M178" s="2">
-        <v>37874</v>
+        <v>37959</v>
       </c>
       <c r="N178" s="1" t="s">
-        <v>382</v>
+        <v>429</v>
       </c>
     </row>
     <row r="179" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A179">
-        <v>39573278</v>
+        <v>39573276</v>
       </c>
       <c r="B179" s="1" t="s">
-        <v>410</v>
+        <v>453</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J179" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K179" s="1" t="s">
-        <v>411</v>
+        <v>454</v>
       </c>
       <c r="L179" s="2">
-        <v>35362</v>
+        <v>35354</v>
       </c>
       <c r="M179" s="2">
-        <v>35362</v>
+        <v>35354</v>
       </c>
       <c r="N179" s="1" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
     </row>
     <row r="180" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A180">
-        <v>39573279</v>
+        <v>39573277</v>
       </c>
       <c r="B180" s="1" t="s">
-        <v>412</v>
+        <v>455</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J180" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K180" s="1" t="s">
-        <v>413</v>
+        <v>456</v>
       </c>
       <c r="L180" s="2">
-        <v>35355</v>
+        <v>35369</v>
       </c>
       <c r="M180" s="2">
-        <v>35355</v>
+        <v>35369</v>
       </c>
       <c r="N180" s="1" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
     </row>
     <row r="181" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A181">
-        <v>39573273</v>
+        <v>39573268</v>
       </c>
       <c r="B181" s="1" t="s">
-        <v>398</v>
+        <v>435</v>
       </c>
       <c r="C181" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J181" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K181" s="1" t="s">
-        <v>399</v>
+        <v>436</v>
       </c>
       <c r="L181" s="2">
-        <v>37204</v>
+        <v>37874</v>
       </c>
       <c r="M181" s="2">
-        <v>37204</v>
+        <v>37874</v>
       </c>
       <c r="N181" s="1" t="s">
-        <v>373</v>
+        <v>429</v>
       </c>
     </row>
     <row r="182" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A182">
-        <v>39573261</v>
+        <v>39573278</v>
       </c>
       <c r="B182" s="1" t="s">
-        <v>370</v>
+        <v>457</v>
       </c>
       <c r="C182" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J182" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K182" s="1" t="s">
-        <v>372</v>
+        <v>458</v>
       </c>
       <c r="L182" s="2">
-        <v>37098</v>
+        <v>35362</v>
       </c>
       <c r="M182" s="2">
-        <v>37098</v>
+        <v>35362</v>
       </c>
       <c r="N182" s="1" t="s">
-        <v>373</v>
+        <v>452</v>
       </c>
     </row>
     <row r="183" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A183">
-        <v>39573280</v>
+        <v>39573279</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>414</v>
+        <v>459</v>
       </c>
       <c r="C183" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J183" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K183" s="1" t="s">
-        <v>415</v>
+        <v>460</v>
       </c>
       <c r="L183" s="2">
-        <v>35349</v>
+        <v>35355</v>
       </c>
       <c r="M183" s="2">
-        <v>35349</v>
+        <v>35355</v>
       </c>
       <c r="N183" s="1" t="s">
-        <v>405</v>
+        <v>452</v>
       </c>
     </row>
     <row r="184" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A184">
-        <v>39573274</v>
+        <v>39573273</v>
       </c>
       <c r="B184" s="1" t="s">
-        <v>400</v>
+        <v>445</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I184" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J184" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K184" s="1" t="s">
-        <v>401</v>
+        <v>446</v>
       </c>
       <c r="L184" s="2">
-        <v>37377</v>
+        <v>37204</v>
       </c>
       <c r="M184" s="2">
-        <v>37377</v>
+        <v>37204</v>
       </c>
       <c r="N184" s="1" t="s">
-        <v>402</v>
+        <v>420</v>
       </c>
     </row>
     <row r="185" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A185">
-        <v>39573262</v>
+        <v>39573261</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>374</v>
+        <v>417</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D185" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E185" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H185" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I185" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J185" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K185" s="1" t="s">
-        <v>375</v>
+        <v>419</v>
       </c>
       <c r="L185" s="2">
         <v>37098</v>
       </c>
       <c r="M185" s="2">
         <v>37098</v>
       </c>
       <c r="N185" s="1" t="s">
-        <v>373</v>
+        <v>420</v>
       </c>
     </row>
     <row r="186" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A186">
-        <v>39573263</v>
+        <v>39573280</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>376</v>
+        <v>461</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I186" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J186" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K186" s="1" t="s">
-        <v>377</v>
+        <v>462</v>
       </c>
       <c r="L186" s="2">
-        <v>37097</v>
+        <v>35349</v>
       </c>
       <c r="M186" s="2">
-        <v>37097</v>
+        <v>35349</v>
       </c>
       <c r="N186" s="1" t="s">
-        <v>373</v>
+        <v>452</v>
       </c>
     </row>
     <row r="187" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A187">
-        <v>39573287</v>
+        <v>39573274</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>429</v>
+        <v>447</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D187" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E187" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H187" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I187" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J187" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K187" s="1" t="s">
-        <v>430</v>
+        <v>448</v>
       </c>
       <c r="L187" s="2">
-        <v>26584</v>
+        <v>37377</v>
       </c>
       <c r="M187" s="2">
-        <v>26584</v>
+        <v>37377</v>
       </c>
       <c r="N187" s="1" t="s">
-        <v>118</v>
+        <v>449</v>
       </c>
     </row>
     <row r="188" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A188">
-        <v>39573281</v>
+        <v>39573262</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D188" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E188" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H188" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I188" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J188" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K188" s="1" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="L188" s="2">
-        <v>35333</v>
+        <v>37098</v>
       </c>
       <c r="M188" s="2">
-        <v>35333</v>
+        <v>37098</v>
       </c>
       <c r="N188" s="1" t="s">
-        <v>405</v>
+        <v>420</v>
       </c>
     </row>
     <row r="189" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A189">
-        <v>39573282</v>
+        <v>39573263</v>
       </c>
       <c r="B189" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="C189" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E189" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H189" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I189" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J189" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="C189" s="1" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K189" s="1" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="L189" s="2">
-        <v>35377</v>
+        <v>37097</v>
       </c>
       <c r="M189" s="2">
-        <v>35377</v>
+        <v>37097</v>
       </c>
       <c r="N189" s="1" t="s">
-        <v>405</v>
+        <v>420</v>
       </c>
     </row>
     <row r="190" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A190">
-        <v>39573270</v>
+        <v>39573287</v>
       </c>
       <c r="B190" s="1" t="s">
-        <v>392</v>
+        <v>476</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D190" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E190" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H190" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I190" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J190" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K190" s="1" t="s">
-        <v>393</v>
+        <v>477</v>
       </c>
       <c r="L190" s="2">
-        <v>37851</v>
+        <v>26584</v>
       </c>
       <c r="M190" s="2">
-        <v>37851</v>
+        <v>26584</v>
       </c>
       <c r="N190" s="1" t="s">
-        <v>382</v>
+        <v>165</v>
       </c>
     </row>
     <row r="191" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A191">
-        <v>39573271</v>
+        <v>39573281</v>
       </c>
       <c r="B191" s="1" t="s">
-        <v>394</v>
+        <v>463</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D191" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E191" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H191" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I191" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J191" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K191" s="1" t="s">
-        <v>395</v>
+        <v>464</v>
       </c>
       <c r="L191" s="2">
-        <v>37943</v>
+        <v>35333</v>
       </c>
       <c r="M191" s="2">
-        <v>37943</v>
+        <v>35333</v>
       </c>
       <c r="N191" s="1" t="s">
-        <v>382</v>
+        <v>452</v>
       </c>
     </row>
     <row r="192" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A192">
-        <v>39573264</v>
+        <v>39573282</v>
       </c>
       <c r="B192" s="1" t="s">
-        <v>378</v>
+        <v>465</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D192" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E192" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H192" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I192" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J192" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K192" s="1" t="s">
-        <v>379</v>
+        <v>466</v>
       </c>
       <c r="L192" s="2">
-        <v>37167</v>
+        <v>35377</v>
       </c>
       <c r="M192" s="2">
-        <v>37167</v>
+        <v>35377</v>
       </c>
       <c r="N192" s="1" t="s">
-        <v>373</v>
+        <v>452</v>
       </c>
     </row>
     <row r="193" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A193">
-        <v>39573283</v>
+        <v>39573270</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>420</v>
+        <v>439</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D193" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E193" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H193" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I193" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J193" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K193" s="1" t="s">
-        <v>421</v>
+        <v>440</v>
       </c>
       <c r="L193" s="2">
-        <v>35335</v>
+        <v>37851</v>
       </c>
       <c r="M193" s="2">
-        <v>35335</v>
+        <v>37851</v>
       </c>
       <c r="N193" s="1" t="s">
-        <v>405</v>
+        <v>429</v>
       </c>
     </row>
     <row r="194" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A194">
-        <v>39573284</v>
+        <v>39573271</v>
       </c>
       <c r="B194" s="1" t="s">
-        <v>422</v>
+        <v>441</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D194" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E194" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H194" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I194" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J194" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K194" s="1" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="L194" s="2">
-        <v>35387</v>
+        <v>37943</v>
       </c>
       <c r="M194" s="2">
-        <v>35387</v>
+        <v>37943</v>
       </c>
       <c r="N194" s="1" t="s">
-        <v>405</v>
+        <v>429</v>
       </c>
     </row>
     <row r="195" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A195">
-        <v>39573266</v>
+        <v>39573264</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>383</v>
+        <v>425</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I195" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J195" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K195" s="1" t="s">
-        <v>384</v>
+        <v>426</v>
       </c>
       <c r="L195" s="2">
-        <v>37850</v>
+        <v>37167</v>
       </c>
       <c r="M195" s="2">
-        <v>38081</v>
+        <v>37167</v>
       </c>
       <c r="N195" s="1" t="s">
-        <v>385</v>
+        <v>420</v>
       </c>
     </row>
     <row r="196" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A196">
-        <v>39573269</v>
+        <v>39573283</v>
       </c>
       <c r="B196" s="1" t="s">
-        <v>390</v>
+        <v>467</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I196" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J196" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K196" s="1" t="s">
-        <v>391</v>
+        <v>468</v>
       </c>
       <c r="L196" s="2">
-        <v>37972</v>
+        <v>35335</v>
       </c>
       <c r="M196" s="2">
-        <v>38015</v>
+        <v>35335</v>
       </c>
       <c r="N196" s="1" t="s">
-        <v>385</v>
+        <v>452</v>
       </c>
     </row>
     <row r="197" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A197">
-        <v>39573286</v>
+        <v>39573284</v>
       </c>
       <c r="B197" s="1" t="s">
-        <v>426</v>
+        <v>469</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I197" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J197" s="1" t="s">
-        <v>371</v>
+        <v>418</v>
       </c>
       <c r="K197" s="1" t="s">
-        <v>427</v>
+        <v>470</v>
       </c>
       <c r="L197" s="2">
-        <v>25752</v>
+        <v>35387</v>
       </c>
       <c r="M197" s="2">
-        <v>26581</v>
+        <v>35387</v>
       </c>
       <c r="N197" s="1" t="s">
-        <v>428</v>
+        <v>452</v>
       </c>
     </row>
     <row r="198" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A198">
-        <v>40281827</v>
+        <v>39573266</v>
       </c>
       <c r="B198" s="1" t="s">
-        <v>82</v>
+        <v>430</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I198" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J198" s="1" t="s">
-        <v>17</v>
+        <v>418</v>
       </c>
       <c r="K198" s="1" t="s">
-        <v>83</v>
+        <v>431</v>
       </c>
       <c r="L198" s="2">
-        <v>21437</v>
+        <v>37850</v>
       </c>
       <c r="M198" s="2">
-        <v>21437</v>
+        <v>38081</v>
       </c>
       <c r="N198" s="1" t="s">
-        <v>52</v>
+        <v>432</v>
       </c>
     </row>
     <row r="199" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A199">
-        <v>40281815</v>
+        <v>39573269</v>
       </c>
       <c r="B199" s="1" t="s">
-        <v>55</v>
+        <v>437</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E199" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H199" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I199" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J199" s="1" t="s">
-        <v>17</v>
+        <v>418</v>
       </c>
       <c r="K199" s="1" t="s">
-        <v>56</v>
+        <v>438</v>
       </c>
       <c r="L199" s="2">
-        <v>21244</v>
+        <v>37972</v>
       </c>
       <c r="M199" s="2">
-        <v>21244</v>
+        <v>38015</v>
       </c>
       <c r="N199" s="1" t="s">
-        <v>52</v>
+        <v>432</v>
       </c>
     </row>
     <row r="200" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A200">
-        <v>35540867</v>
+        <v>39573286</v>
       </c>
       <c r="B200" s="1" t="s">
-        <v>800</v>
+        <v>473</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I200" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J200" s="1" t="s">
-        <v>756</v>
+        <v>418</v>
       </c>
       <c r="K200" s="1" t="s">
-        <v>801</v>
+        <v>474</v>
       </c>
       <c r="L200" s="2">
-        <v>20821</v>
+        <v>25752</v>
       </c>
       <c r="M200" s="2">
-        <v>21551</v>
+        <v>26581</v>
       </c>
       <c r="N200" s="1" t="s">
-        <v>802</v>
+        <v>475</v>
       </c>
     </row>
     <row r="201" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A201">
-        <v>39948482</v>
+        <v>40281827</v>
       </c>
       <c r="B201" s="1" t="s">
-        <v>222</v>
+        <v>130</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E201" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H201" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I201" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J201" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K201" s="1" t="s">
-        <v>223</v>
+        <v>131</v>
       </c>
       <c r="L201" s="2">
-        <v>42128</v>
+        <v>21437</v>
       </c>
       <c r="M201" s="2">
-        <v>42128</v>
+        <v>21437</v>
       </c>
       <c r="N201" s="1" t="s">
-        <v>128</v>
+        <v>101</v>
       </c>
     </row>
     <row r="202" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A202">
-        <v>35540882</v>
+        <v>40281815</v>
       </c>
       <c r="B202" s="1" t="s">
-        <v>837</v>
+        <v>104</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E202" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H202" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I202" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J202" s="1" t="s">
-        <v>756</v>
+        <v>66</v>
       </c>
       <c r="K202" s="1" t="s">
-        <v>838</v>
+        <v>105</v>
       </c>
       <c r="L202" s="2">
-        <v>21551</v>
+        <v>21244</v>
       </c>
       <c r="M202" s="2">
-        <v>21642</v>
+        <v>21244</v>
       </c>
       <c r="N202" s="1" t="s">
-        <v>67</v>
+        <v>101</v>
       </c>
     </row>
     <row r="203" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A203">
-        <v>36716609</v>
+        <v>35540867</v>
       </c>
       <c r="B203" s="1" t="s">
-        <v>557</v>
+        <v>844</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I203" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J203" s="1" t="s">
-        <v>545</v>
+        <v>802</v>
       </c>
       <c r="K203" s="1" t="s">
-        <v>558</v>
+        <v>845</v>
+      </c>
+      <c r="L203" s="2">
+        <v>20821</v>
+      </c>
+      <c r="M203" s="2">
+        <v>21551</v>
       </c>
       <c r="N203" s="1" t="s">
-        <v>16</v>
+        <v>846</v>
       </c>
     </row>
     <row r="204" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A204">
-        <v>36716610</v>
+        <v>39948482</v>
       </c>
       <c r="B204" s="1" t="s">
-        <v>559</v>
+        <v>269</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E204" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H204" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I204" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J204" s="1" t="s">
-        <v>545</v>
+        <v>170</v>
       </c>
       <c r="K204" s="1" t="s">
-        <v>560</v>
+        <v>270</v>
+      </c>
+      <c r="L204" s="2">
+        <v>42128</v>
+      </c>
+      <c r="M204" s="2">
+        <v>42128</v>
       </c>
       <c r="N204" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
     </row>
     <row r="205" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A205">
-        <v>36716612</v>
+        <v>35540882</v>
       </c>
       <c r="B205" s="1" t="s">
-        <v>563</v>
+        <v>881</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>564</v>
+        <v>15</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E205" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H205" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I205" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J205" s="1" t="s">
-        <v>545</v>
+        <v>802</v>
       </c>
       <c r="K205" s="1" t="s">
-        <v>565</v>
+        <v>882</v>
+      </c>
+      <c r="L205" s="2">
+        <v>21551</v>
+      </c>
+      <c r="M205" s="2">
+        <v>21642</v>
       </c>
       <c r="N205" s="1" t="s">
-        <v>16</v>
+        <v>116</v>
       </c>
     </row>
     <row r="206" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A206">
-        <v>36716611</v>
+        <v>36716609</v>
       </c>
       <c r="B206" s="1" t="s">
-        <v>561</v>
+        <v>604</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I206" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J206" s="1" t="s">
-        <v>545</v>
+        <v>592</v>
       </c>
       <c r="K206" s="1" t="s">
-        <v>562</v>
+        <v>605</v>
       </c>
       <c r="N206" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="207" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A207">
-        <v>39948483</v>
+        <v>36716610</v>
       </c>
       <c r="B207" s="1" t="s">
-        <v>224</v>
+        <v>606</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I207" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J207" s="1" t="s">
-        <v>123</v>
+        <v>592</v>
       </c>
       <c r="K207" s="1" t="s">
-        <v>225</v>
-[...5 lines deleted...]
-        <v>42137</v>
+        <v>607</v>
       </c>
       <c r="N207" s="1" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="208" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A208">
-        <v>36599099</v>
+        <v>36716612</v>
       </c>
       <c r="B208" s="1" t="s">
-        <v>654</v>
+        <v>610</v>
       </c>
       <c r="C208" s="1" t="s">
-        <v>109</v>
+        <v>611</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I208" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J208" s="1" t="s">
-        <v>635</v>
+        <v>592</v>
       </c>
       <c r="K208" s="1" t="s">
-        <v>655</v>
-[...5 lines deleted...]
-        <v>24473</v>
+        <v>612</v>
       </c>
       <c r="N208" s="1" t="s">
-        <v>526</v>
+        <v>16</v>
       </c>
     </row>
     <row r="209" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A209">
-        <v>36599098</v>
+        <v>36716611</v>
       </c>
       <c r="B209" s="1" t="s">
-        <v>652</v>
+        <v>608</v>
       </c>
       <c r="C209" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I209" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J209" s="1" t="s">
-        <v>635</v>
+        <v>592</v>
       </c>
       <c r="K209" s="1" t="s">
-        <v>653</v>
-[...5 lines deleted...]
-        <v>24806</v>
+        <v>609</v>
       </c>
       <c r="N209" s="1" t="s">
-        <v>526</v>
+        <v>16</v>
       </c>
     </row>
     <row r="210" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A210">
-        <v>40281816</v>
+        <v>39948483</v>
       </c>
       <c r="B210" s="1" t="s">
-        <v>57</v>
+        <v>271</v>
       </c>
       <c r="C210" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I210" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J210" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K210" s="1" t="s">
-        <v>58</v>
+        <v>272</v>
       </c>
       <c r="L210" s="2">
-        <v>21186</v>
+        <v>42137</v>
       </c>
       <c r="M210" s="2">
-        <v>21186</v>
+        <v>42137</v>
       </c>
       <c r="N210" s="1" t="s">
-        <v>52</v>
+        <v>175</v>
       </c>
     </row>
     <row r="211" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A211">
-        <v>39948484</v>
+        <v>36599099</v>
       </c>
       <c r="B211" s="1" t="s">
-        <v>226</v>
+        <v>701</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I211" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J211" s="1" t="s">
-        <v>123</v>
+        <v>682</v>
       </c>
       <c r="K211" s="1" t="s">
-        <v>227</v>
+        <v>702</v>
       </c>
       <c r="L211" s="2">
-        <v>42150</v>
+        <v>24473</v>
       </c>
       <c r="M211" s="2">
-        <v>42150</v>
+        <v>24473</v>
       </c>
       <c r="N211" s="1" t="s">
-        <v>128</v>
+        <v>573</v>
       </c>
     </row>
     <row r="212" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A212">
-        <v>39948485</v>
+        <v>36599098</v>
       </c>
       <c r="B212" s="1" t="s">
-        <v>228</v>
+        <v>699</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E212" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H212" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I212" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J212" s="1" t="s">
-        <v>123</v>
+        <v>682</v>
       </c>
       <c r="K212" s="1" t="s">
-        <v>229</v>
+        <v>700</v>
       </c>
       <c r="L212" s="2">
-        <v>41776</v>
+        <v>24806</v>
       </c>
       <c r="M212" s="2">
-        <v>41776</v>
+        <v>24806</v>
       </c>
       <c r="N212" s="1" t="s">
-        <v>139</v>
+        <v>573</v>
       </c>
     </row>
     <row r="213" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A213">
-        <v>39948486</v>
+        <v>40281816</v>
       </c>
       <c r="B213" s="1" t="s">
-        <v>230</v>
+        <v>106</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E213" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H213" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I213" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J213" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K213" s="1" t="s">
-        <v>231</v>
+        <v>107</v>
       </c>
       <c r="L213" s="2">
-        <v>41765</v>
+        <v>21186</v>
       </c>
       <c r="M213" s="2">
-        <v>41765</v>
+        <v>21186</v>
       </c>
       <c r="N213" s="1" t="s">
-        <v>139</v>
+        <v>101</v>
       </c>
     </row>
     <row r="214" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A214">
-        <v>39948487</v>
+        <v>39948484</v>
       </c>
       <c r="B214" s="1" t="s">
-        <v>232</v>
+        <v>273</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I214" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J214" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K214" s="1" t="s">
-        <v>233</v>
+        <v>274</v>
       </c>
       <c r="L214" s="2">
-        <v>45138</v>
+        <v>42150</v>
       </c>
       <c r="M214" s="2">
-        <v>45138</v>
+        <v>42150</v>
       </c>
       <c r="N214" s="1" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="215" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A215">
-        <v>36716631</v>
+        <v>41088360</v>
       </c>
       <c r="B215" s="1" t="s">
-        <v>602</v>
+        <v>26</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I215" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J215" s="1" t="s">
-        <v>545</v>
+        <v>17</v>
       </c>
       <c r="K215" s="1" t="s">
-        <v>603</v>
+        <v>27</v>
       </c>
       <c r="N215" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="216" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A216">
-        <v>39948488</v>
+        <v>39948485</v>
       </c>
       <c r="B216" s="1" t="s">
-        <v>234</v>
+        <v>275</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I216" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J216" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K216" s="1" t="s">
-        <v>235</v>
+        <v>276</v>
       </c>
       <c r="L216" s="2">
-        <v>41772</v>
+        <v>41776</v>
       </c>
       <c r="M216" s="2">
-        <v>41772</v>
+        <v>41776</v>
       </c>
       <c r="N216" s="1" t="s">
-        <v>139</v>
+        <v>186</v>
       </c>
     </row>
     <row r="217" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A217">
-        <v>39948489</v>
+        <v>39948486</v>
       </c>
       <c r="B217" s="1" t="s">
-        <v>236</v>
+        <v>277</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I217" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J217" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K217" s="1" t="s">
-        <v>237</v>
+        <v>278</v>
       </c>
       <c r="L217" s="2">
-        <v>42146</v>
+        <v>41765</v>
       </c>
       <c r="M217" s="2">
-        <v>42146</v>
+        <v>41765</v>
       </c>
       <c r="N217" s="1" t="s">
-        <v>128</v>
+        <v>186</v>
       </c>
     </row>
     <row r="218" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A218">
-        <v>35540851</v>
+        <v>39948487</v>
       </c>
       <c r="B218" s="1" t="s">
-        <v>766</v>
+        <v>279</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I218" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J218" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K218" s="1" t="s">
-        <v>767</v>
+        <v>280</v>
+      </c>
+      <c r="L218" s="2">
+        <v>45138</v>
+      </c>
+      <c r="M218" s="2">
+        <v>45138</v>
       </c>
       <c r="N218" s="1" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
     </row>
     <row r="219" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A219">
-        <v>39176717</v>
+        <v>36716631</v>
       </c>
       <c r="B219" s="1" t="s">
-        <v>515</v>
+        <v>649</v>
       </c>
       <c r="C219" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E219" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H219" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I219" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J219" s="1" t="s">
-        <v>508</v>
+        <v>592</v>
       </c>
       <c r="K219" s="1" t="s">
-        <v>516</v>
-[...5 lines deleted...]
-        <v>25569</v>
+        <v>650</v>
       </c>
       <c r="N219" s="1" t="s">
-        <v>510</v>
+        <v>16</v>
       </c>
     </row>
     <row r="220" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A220">
-        <v>39948490</v>
+        <v>41088361</v>
       </c>
       <c r="B220" s="1" t="s">
-        <v>238</v>
+        <v>28</v>
       </c>
       <c r="C220" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I220" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J220" s="1" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K220" s="1" t="s">
-        <v>239</v>
+        <v>29</v>
       </c>
       <c r="L220" s="2">
-        <v>42132</v>
+        <v>17468</v>
       </c>
       <c r="M220" s="2">
-        <v>42132</v>
+        <v>19976</v>
       </c>
       <c r="N220" s="1" t="s">
-        <v>128</v>
+        <v>30</v>
       </c>
     </row>
     <row r="221" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A221">
-        <v>39948491</v>
+        <v>41088363</v>
       </c>
       <c r="B221" s="1" t="s">
-        <v>240</v>
+        <v>34</v>
       </c>
       <c r="C221" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I221" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J221" s="1" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K221" s="1" t="s">
-        <v>241</v>
+        <v>35</v>
       </c>
       <c r="L221" s="2">
-        <v>42128</v>
+        <v>15488</v>
       </c>
       <c r="M221" s="2">
-        <v>42128</v>
+        <v>18379</v>
       </c>
       <c r="N221" s="1" t="s">
-        <v>128</v>
+        <v>36</v>
       </c>
     </row>
     <row r="222" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A222">
-        <v>36716634</v>
+        <v>41088362</v>
       </c>
       <c r="B222" s="1" t="s">
-        <v>608</v>
+        <v>31</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D222" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E222" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H222" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I222" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J222" s="1" t="s">
-        <v>545</v>
+        <v>17</v>
       </c>
       <c r="K222" s="1" t="s">
-        <v>609</v>
+        <v>32</v>
+      </c>
+      <c r="L222" s="2">
+        <v>17533</v>
+      </c>
+      <c r="M222" s="2">
+        <v>17533</v>
       </c>
       <c r="N222" s="1" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
     </row>
     <row r="223" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A223">
-        <v>36716636</v>
+        <v>39948488</v>
       </c>
       <c r="B223" s="1" t="s">
-        <v>612</v>
+        <v>281</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D223" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E223" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H223" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I223" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J223" s="1" t="s">
-        <v>545</v>
+        <v>170</v>
       </c>
       <c r="K223" s="1" t="s">
-        <v>613</v>
+        <v>282</v>
+      </c>
+      <c r="L223" s="2">
+        <v>41772</v>
+      </c>
+      <c r="M223" s="2">
+        <v>41772</v>
       </c>
       <c r="N223" s="1" t="s">
-        <v>16</v>
+        <v>186</v>
       </c>
     </row>
     <row r="224" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A224">
-        <v>36716635</v>
+        <v>39948489</v>
       </c>
       <c r="B224" s="1" t="s">
-        <v>610</v>
+        <v>283</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I224" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J224" s="1" t="s">
-        <v>545</v>
+        <v>170</v>
       </c>
       <c r="K224" s="1" t="s">
-        <v>611</v>
+        <v>284</v>
+      </c>
+      <c r="L224" s="2">
+        <v>42146</v>
+      </c>
+      <c r="M224" s="2">
+        <v>42146</v>
       </c>
       <c r="N224" s="1" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
     </row>
     <row r="225" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A225">
-        <v>35540868</v>
+        <v>35540851</v>
       </c>
       <c r="B225" s="1" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D225" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E225" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H225" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I225" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J225" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K225" s="1" t="s">
-        <v>804</v>
-[...5 lines deleted...]
-        <v>21128</v>
+        <v>813</v>
       </c>
       <c r="N225" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="226" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A226">
-        <v>39176718</v>
+        <v>39176717</v>
       </c>
       <c r="B226" s="1" t="s">
-        <v>517</v>
+        <v>562</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D226" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E226" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H226" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I226" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J226" s="1" t="s">
-        <v>508</v>
+        <v>555</v>
       </c>
       <c r="K226" s="1" t="s">
-        <v>518</v>
+        <v>563</v>
       </c>
       <c r="L226" s="2">
-        <v>25204</v>
+        <v>25569</v>
       </c>
       <c r="M226" s="2">
-        <v>25204</v>
+        <v>25569</v>
       </c>
       <c r="N226" s="1" t="s">
-        <v>112</v>
+        <v>557</v>
       </c>
     </row>
     <row r="227" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A227">
-        <v>39948492</v>
+        <v>39948490</v>
       </c>
       <c r="B227" s="1" t="s">
-        <v>242</v>
+        <v>285</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I227" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J227" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K227" s="1" t="s">
-        <v>243</v>
+        <v>286</v>
       </c>
       <c r="L227" s="2">
-        <v>41779</v>
+        <v>42132</v>
       </c>
       <c r="M227" s="2">
-        <v>41779</v>
+        <v>42132</v>
       </c>
       <c r="N227" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="228" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A228">
-        <v>39948493</v>
+        <v>39948491</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>244</v>
+        <v>287</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D228" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E228" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H228" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I228" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J228" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K228" s="1" t="s">
-        <v>245</v>
+        <v>288</v>
       </c>
       <c r="L228" s="2">
-        <v>42135</v>
+        <v>42128</v>
       </c>
       <c r="M228" s="2">
-        <v>42135</v>
+        <v>42128</v>
       </c>
       <c r="N228" s="1" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
     </row>
     <row r="229" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A229">
-        <v>39176719</v>
+        <v>36716634</v>
       </c>
       <c r="B229" s="1" t="s">
-        <v>519</v>
+        <v>655</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D229" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E229" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H229" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I229" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J229" s="1" t="s">
-        <v>508</v>
+        <v>592</v>
       </c>
       <c r="K229" s="1" t="s">
-        <v>520</v>
-[...5 lines deleted...]
-        <v>24191</v>
+        <v>656</v>
       </c>
       <c r="N229" s="1" t="s">
-        <v>521</v>
+        <v>16</v>
       </c>
     </row>
     <row r="230" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A230">
-        <v>39948494</v>
+        <v>36716636</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>246</v>
+        <v>659</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D230" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E230" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H230" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I230" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J230" s="1" t="s">
-        <v>123</v>
+        <v>592</v>
       </c>
       <c r="K230" s="1" t="s">
-        <v>247</v>
-[...5 lines deleted...]
-        <v>45138</v>
+        <v>660</v>
       </c>
       <c r="N230" s="1" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
     </row>
     <row r="231" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A231">
-        <v>39948495</v>
+        <v>36716635</v>
       </c>
       <c r="B231" s="1" t="s">
-        <v>248</v>
+        <v>657</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D231" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E231" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H231" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I231" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J231" s="1" t="s">
-        <v>123</v>
+        <v>592</v>
       </c>
       <c r="K231" s="1" t="s">
-        <v>249</v>
-[...5 lines deleted...]
-        <v>42121</v>
+        <v>658</v>
       </c>
       <c r="N231" s="1" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="232" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A232">
-        <v>39948496</v>
+        <v>35540868</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>250</v>
+        <v>847</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I232" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J232" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K232" s="1" t="s">
-        <v>251</v>
+        <v>848</v>
       </c>
       <c r="L232" s="2">
-        <v>45131</v>
+        <v>20821</v>
       </c>
       <c r="M232" s="2">
-        <v>45131</v>
+        <v>21128</v>
       </c>
       <c r="N232" s="1" t="s">
-        <v>125</v>
+        <v>71</v>
       </c>
     </row>
     <row r="233" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A233">
-        <v>39948497</v>
+        <v>39176718</v>
       </c>
       <c r="B233" s="1" t="s">
-        <v>252</v>
+        <v>564</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D233" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E233" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H233" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I233" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J233" s="1" t="s">
-        <v>123</v>
+        <v>555</v>
       </c>
       <c r="K233" s="1" t="s">
-        <v>253</v>
+        <v>565</v>
       </c>
       <c r="L233" s="2">
-        <v>42177</v>
+        <v>25204</v>
       </c>
       <c r="M233" s="2">
-        <v>42177</v>
+        <v>25204</v>
       </c>
       <c r="N233" s="1" t="s">
-        <v>128</v>
+        <v>159</v>
       </c>
     </row>
     <row r="234" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A234">
-        <v>39948498</v>
+        <v>41088364</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>254</v>
+        <v>37</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I234" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J234" s="1" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K234" s="1" t="s">
-        <v>255</v>
+        <v>38</v>
       </c>
       <c r="L234" s="2">
-        <v>42125</v>
+        <v>21186</v>
       </c>
       <c r="M234" s="2">
-        <v>42125</v>
+        <v>22166</v>
       </c>
       <c r="N234" s="1" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
     </row>
     <row r="235" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A235">
-        <v>39948499</v>
+        <v>41088365</v>
       </c>
       <c r="B235" s="1" t="s">
-        <v>256</v>
+        <v>40</v>
       </c>
       <c r="C235" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D235" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E235" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H235" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I235" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J235" s="1" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K235" s="1" t="s">
-        <v>257</v>
+        <v>41</v>
       </c>
       <c r="L235" s="2">
-        <v>45132</v>
+        <v>18629</v>
       </c>
       <c r="M235" s="2">
-        <v>45132</v>
+        <v>20070</v>
       </c>
       <c r="N235" s="1" t="s">
-        <v>125</v>
+        <v>42</v>
       </c>
     </row>
     <row r="236" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A236">
-        <v>36502849</v>
+        <v>41088366</v>
       </c>
       <c r="B236" s="1" t="s">
-        <v>728</v>
+        <v>43</v>
       </c>
       <c r="C236" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I236" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J236" s="1" t="s">
-        <v>679</v>
+        <v>17</v>
       </c>
       <c r="K236" s="1" t="s">
-        <v>729</v>
+        <v>44</v>
       </c>
       <c r="L236" s="2">
-        <v>30317</v>
+        <v>20090</v>
       </c>
       <c r="M236" s="2">
-        <v>30317</v>
+        <v>21184</v>
       </c>
       <c r="N236" s="1" t="s">
-        <v>730</v>
+        <v>45</v>
       </c>
     </row>
     <row r="237" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A237">
-        <v>36502830</v>
+        <v>39948492</v>
       </c>
       <c r="B237" s="1" t="s">
-        <v>685</v>
+        <v>289</v>
       </c>
       <c r="C237" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I237" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J237" s="1" t="s">
-        <v>679</v>
+        <v>170</v>
       </c>
       <c r="K237" s="1" t="s">
-        <v>686</v>
+        <v>290</v>
       </c>
       <c r="L237" s="2">
-        <v>17533</v>
+        <v>41779</v>
       </c>
       <c r="M237" s="2">
-        <v>17533</v>
+        <v>41779</v>
       </c>
       <c r="N237" s="1" t="s">
-        <v>668</v>
+        <v>186</v>
       </c>
     </row>
     <row r="238" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A238">
-        <v>36502831</v>
+        <v>39948493</v>
       </c>
       <c r="B238" s="1" t="s">
-        <v>687</v>
+        <v>291</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D238" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E238" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H238" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I238" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J238" s="1" t="s">
-        <v>679</v>
+        <v>170</v>
       </c>
       <c r="K238" s="1" t="s">
-        <v>688</v>
+        <v>292</v>
       </c>
       <c r="L238" s="2">
-        <v>17533</v>
+        <v>42135</v>
       </c>
       <c r="M238" s="2">
-        <v>17533</v>
+        <v>42135</v>
       </c>
       <c r="N238" s="1" t="s">
-        <v>668</v>
+        <v>175</v>
       </c>
     </row>
     <row r="239" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A239">
-        <v>39172808</v>
+        <v>39176719</v>
       </c>
       <c r="B239" s="1" t="s">
-        <v>534</v>
+        <v>566</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>535</v>
+        <v>15</v>
       </c>
       <c r="D239" s="1" t="s">
-        <v>536</v>
+        <v>16</v>
       </c>
       <c r="E239" s="1" t="s">
-        <v>537</v>
+        <v>16</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>538</v>
+        <v>16</v>
       </c>
       <c r="H239" s="1" t="s">
-        <v>539</v>
+        <v>16</v>
       </c>
       <c r="I239" s="1" t="s">
-        <v>540</v>
+        <v>16</v>
       </c>
       <c r="J239" s="1" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="K239" s="1" t="s">
-        <v>542</v>
+        <v>567</v>
       </c>
       <c r="L239" s="2">
-        <v>17746</v>
+        <v>24068</v>
       </c>
       <c r="M239" s="2">
-        <v>24871</v>
+        <v>24191</v>
       </c>
       <c r="N239" s="1" t="s">
-        <v>543</v>
+        <v>568</v>
       </c>
     </row>
     <row r="240" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A240">
-        <v>39948500</v>
+        <v>39948494</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>258</v>
+        <v>293</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D240" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E240" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G240" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H240" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I240" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J240" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K240" s="1" t="s">
-        <v>259</v>
+        <v>294</v>
       </c>
       <c r="L240" s="2">
-        <v>42153</v>
+        <v>45138</v>
       </c>
       <c r="M240" s="2">
-        <v>42153</v>
+        <v>45138</v>
       </c>
       <c r="N240" s="1" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
     </row>
     <row r="241" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A241">
-        <v>39948501</v>
+        <v>39948495</v>
       </c>
       <c r="B241" s="1" t="s">
-        <v>260</v>
+        <v>295</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D241" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E241" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H241" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I241" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J241" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K241" s="1" t="s">
-        <v>261</v>
+        <v>296</v>
       </c>
       <c r="L241" s="2">
-        <v>45132</v>
+        <v>42121</v>
       </c>
       <c r="M241" s="2">
-        <v>45132</v>
+        <v>42121</v>
       </c>
       <c r="N241" s="1" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="242" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A242">
-        <v>39176720</v>
+        <v>39948496</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>522</v>
+        <v>297</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D242" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E242" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H242" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I242" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J242" s="1" t="s">
-        <v>508</v>
+        <v>170</v>
       </c>
       <c r="K242" s="1" t="s">
-        <v>523</v>
+        <v>298</v>
       </c>
       <c r="L242" s="2">
-        <v>25569</v>
+        <v>45131</v>
       </c>
       <c r="M242" s="2">
-        <v>25569</v>
+        <v>45131</v>
       </c>
       <c r="N242" s="1" t="s">
-        <v>510</v>
+        <v>172</v>
       </c>
     </row>
     <row r="243" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A243">
-        <v>39176721</v>
+        <v>39948497</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>524</v>
+        <v>299</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D243" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E243" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H243" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I243" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J243" s="1" t="s">
-        <v>508</v>
+        <v>170</v>
       </c>
       <c r="K243" s="1" t="s">
-        <v>525</v>
+        <v>300</v>
       </c>
       <c r="L243" s="2">
-        <v>24791</v>
+        <v>42177</v>
       </c>
       <c r="M243" s="2">
-        <v>24791</v>
+        <v>42177</v>
       </c>
       <c r="N243" s="1" t="s">
-        <v>526</v>
+        <v>175</v>
       </c>
     </row>
     <row r="244" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A244">
-        <v>39948502</v>
+        <v>39948498</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>262</v>
+        <v>301</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D244" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E244" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H244" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I244" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J244" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K244" s="1" t="s">
-        <v>263</v>
+        <v>302</v>
       </c>
       <c r="L244" s="2">
-        <v>45134</v>
+        <v>42125</v>
       </c>
       <c r="M244" s="2">
-        <v>45134</v>
+        <v>42125</v>
       </c>
       <c r="N244" s="1" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="245" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A245">
-        <v>39948503</v>
+        <v>39948499</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>264</v>
+        <v>303</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D245" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E245" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H245" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I245" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J245" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K245" s="1" t="s">
-        <v>265</v>
+        <v>304</v>
       </c>
       <c r="L245" s="2">
-        <v>41790</v>
+        <v>45132</v>
       </c>
       <c r="M245" s="2">
-        <v>41790</v>
+        <v>45132</v>
       </c>
       <c r="N245" s="1" t="s">
-        <v>139</v>
+        <v>172</v>
       </c>
     </row>
     <row r="246" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A246">
-        <v>39948504</v>
+        <v>36502849</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>266</v>
+        <v>774</v>
       </c>
       <c r="C246" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D246" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E246" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H246" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I246" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J246" s="1" t="s">
-        <v>123</v>
+        <v>725</v>
       </c>
       <c r="K246" s="1" t="s">
-        <v>267</v>
+        <v>775</v>
       </c>
       <c r="L246" s="2">
-        <v>41762</v>
+        <v>30317</v>
       </c>
       <c r="M246" s="2">
-        <v>41762</v>
+        <v>30317</v>
       </c>
       <c r="N246" s="1" t="s">
-        <v>139</v>
+        <v>776</v>
       </c>
     </row>
     <row r="247" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A247">
-        <v>39948505</v>
+        <v>36502830</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>268</v>
+        <v>731</v>
       </c>
       <c r="C247" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D247" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E247" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H247" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I247" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J247" s="1" t="s">
-        <v>123</v>
+        <v>725</v>
       </c>
       <c r="K247" s="1" t="s">
-        <v>269</v>
+        <v>732</v>
       </c>
       <c r="L247" s="2">
-        <v>41774</v>
+        <v>17533</v>
       </c>
       <c r="M247" s="2">
-        <v>41774</v>
+        <v>17533</v>
       </c>
       <c r="N247" s="1" t="s">
-        <v>139</v>
+        <v>33</v>
       </c>
     </row>
     <row r="248" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A248">
-        <v>39948506</v>
+        <v>36502831</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>270</v>
+        <v>733</v>
       </c>
       <c r="C248" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D248" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E248" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H248" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I248" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J248" s="1" t="s">
-        <v>123</v>
+        <v>725</v>
       </c>
       <c r="K248" s="1" t="s">
-        <v>271</v>
+        <v>734</v>
       </c>
       <c r="L248" s="2">
-        <v>42292</v>
+        <v>17533</v>
       </c>
       <c r="M248" s="2">
-        <v>42292</v>
+        <v>17533</v>
       </c>
       <c r="N248" s="1" t="s">
-        <v>128</v>
+        <v>33</v>
       </c>
     </row>
     <row r="249" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A249">
-        <v>36599102</v>
+        <v>39172808</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>662</v>
+        <v>581</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>109</v>
+        <v>582</v>
       </c>
       <c r="D249" s="1" t="s">
-        <v>16</v>
+        <v>583</v>
       </c>
       <c r="E249" s="1" t="s">
-        <v>16</v>
+        <v>584</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>16</v>
+        <v>540</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>16</v>
+        <v>585</v>
       </c>
       <c r="H249" s="1" t="s">
-        <v>16</v>
+        <v>586</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>16</v>
+        <v>587</v>
       </c>
       <c r="J249" s="1" t="s">
-        <v>635</v>
+        <v>588</v>
       </c>
       <c r="K249" s="1" t="s">
-        <v>663</v>
+        <v>589</v>
       </c>
       <c r="L249" s="2">
-        <v>31048</v>
+        <v>17746</v>
       </c>
       <c r="M249" s="2">
-        <v>31048</v>
+        <v>24871</v>
       </c>
       <c r="N249" s="1" t="s">
-        <v>625</v>
+        <v>590</v>
       </c>
     </row>
     <row r="250" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A250">
-        <v>36599100</v>
+        <v>39948500</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>656</v>
+        <v>305</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D250" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H250" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I250" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J250" s="1" t="s">
-        <v>635</v>
+        <v>170</v>
       </c>
       <c r="K250" s="1" t="s">
-        <v>657</v>
+        <v>306</v>
       </c>
       <c r="L250" s="2">
-        <v>27002</v>
+        <v>42153</v>
       </c>
       <c r="M250" s="2">
-        <v>27002</v>
+        <v>42153</v>
       </c>
       <c r="N250" s="1" t="s">
-        <v>658</v>
+        <v>175</v>
       </c>
     </row>
     <row r="251" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A251">
-        <v>36599097</v>
+        <v>39948501</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>650</v>
+        <v>307</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D251" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E251" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H251" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I251" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J251" s="1" t="s">
-        <v>635</v>
+        <v>170</v>
       </c>
       <c r="K251" s="1" t="s">
-        <v>651</v>
+        <v>308</v>
       </c>
       <c r="L251" s="2">
-        <v>23743</v>
+        <v>45132</v>
       </c>
       <c r="M251" s="2">
-        <v>23743</v>
+        <v>45132</v>
       </c>
       <c r="N251" s="1" t="s">
-        <v>446</v>
+        <v>172</v>
       </c>
     </row>
     <row r="252" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A252">
-        <v>36599101</v>
+        <v>39176720</v>
       </c>
       <c r="B252" s="1" t="s">
-        <v>659</v>
+        <v>569</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D252" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E252" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H252" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I252" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J252" s="1" t="s">
-        <v>635</v>
+        <v>555</v>
       </c>
       <c r="K252" s="1" t="s">
-        <v>660</v>
+        <v>570</v>
       </c>
       <c r="L252" s="2">
-        <v>29221</v>
+        <v>25569</v>
       </c>
       <c r="M252" s="2">
-        <v>29221</v>
+        <v>25569</v>
       </c>
       <c r="N252" s="1" t="s">
-        <v>661</v>
+        <v>557</v>
       </c>
     </row>
     <row r="253" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A253">
-        <v>36599103</v>
+        <v>39176721</v>
       </c>
       <c r="B253" s="1" t="s">
-        <v>664</v>
+        <v>571</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D253" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H253" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I253" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J253" s="1" t="s">
-        <v>635</v>
+        <v>555</v>
       </c>
       <c r="K253" s="1" t="s">
-        <v>665</v>
+        <v>572</v>
       </c>
       <c r="L253" s="2">
-        <v>35370</v>
+        <v>24791</v>
       </c>
       <c r="M253" s="2">
-        <v>35370</v>
+        <v>24791</v>
       </c>
       <c r="N253" s="1" t="s">
-        <v>405</v>
+        <v>573</v>
       </c>
     </row>
     <row r="254" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A254">
-        <v>35540878</v>
+        <v>39948502</v>
       </c>
       <c r="B254" s="1" t="s">
-        <v>827</v>
+        <v>309</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D254" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H254" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I254" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J254" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K254" s="1" t="s">
-        <v>828</v>
+        <v>310</v>
       </c>
       <c r="L254" s="2">
-        <v>22282</v>
+        <v>45134</v>
       </c>
       <c r="M254" s="2">
-        <v>23955</v>
+        <v>45134</v>
       </c>
       <c r="N254" s="1" t="s">
-        <v>829</v>
+        <v>172</v>
       </c>
     </row>
     <row r="255" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A255">
-        <v>39176722</v>
+        <v>41088367</v>
       </c>
       <c r="B255" s="1" t="s">
-        <v>527</v>
+        <v>46</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D255" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H255" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I255" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J255" s="1" t="s">
-        <v>508</v>
+        <v>17</v>
       </c>
       <c r="K255" s="1" t="s">
-        <v>528</v>
+        <v>47</v>
       </c>
       <c r="L255" s="2">
-        <v>24473</v>
+        <v>21135</v>
       </c>
       <c r="M255" s="2">
-        <v>24473</v>
+        <v>22989</v>
       </c>
       <c r="N255" s="1" t="s">
-        <v>526</v>
+        <v>48</v>
       </c>
     </row>
     <row r="256" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A256">
-        <v>36502851</v>
+        <v>39948503</v>
       </c>
       <c r="B256" s="1" t="s">
-        <v>734</v>
+        <v>311</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>564</v>
+        <v>169</v>
       </c>
       <c r="D256" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E256" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H256" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I256" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J256" s="1" t="s">
-        <v>679</v>
+        <v>170</v>
       </c>
       <c r="K256" s="1" t="s">
-        <v>735</v>
+        <v>312</v>
+      </c>
+      <c r="L256" s="2">
+        <v>41790</v>
+      </c>
+      <c r="M256" s="2">
+        <v>41790</v>
       </c>
       <c r="N256" s="1" t="s">
-        <v>16</v>
+        <v>186</v>
       </c>
     </row>
     <row r="257" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A257">
-        <v>36502852</v>
+        <v>39948504</v>
       </c>
       <c r="B257" s="1" t="s">
-        <v>736</v>
+        <v>313</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>564</v>
+        <v>169</v>
       </c>
       <c r="D257" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E257" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H257" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I257" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J257" s="1" t="s">
-        <v>679</v>
+        <v>170</v>
       </c>
       <c r="K257" s="1" t="s">
-        <v>737</v>
+        <v>314</v>
+      </c>
+      <c r="L257" s="2">
+        <v>41762</v>
+      </c>
+      <c r="M257" s="2">
+        <v>41762</v>
       </c>
       <c r="N257" s="1" t="s">
-        <v>16</v>
+        <v>186</v>
       </c>
     </row>
     <row r="258" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A258">
-        <v>36502850</v>
+        <v>39948505</v>
       </c>
       <c r="B258" s="1" t="s">
-        <v>731</v>
+        <v>315</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>732</v>
+        <v>169</v>
       </c>
       <c r="D258" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E258" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G258" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H258" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I258" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J258" s="1" t="s">
-        <v>679</v>
+        <v>170</v>
       </c>
       <c r="K258" s="1" t="s">
-        <v>733</v>
+        <v>316</v>
       </c>
       <c r="L258" s="2">
-        <v>17533</v>
+        <v>41774</v>
       </c>
       <c r="M258" s="2">
-        <v>17533</v>
+        <v>41774</v>
       </c>
       <c r="N258" s="1" t="s">
-        <v>668</v>
+        <v>186</v>
       </c>
     </row>
     <row r="259" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A259">
-        <v>39948507</v>
+        <v>39948506</v>
       </c>
       <c r="B259" s="1" t="s">
-        <v>272</v>
+        <v>317</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D259" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E259" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H259" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I259" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J259" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K259" s="1" t="s">
-        <v>273</v>
+        <v>318</v>
       </c>
       <c r="L259" s="2">
-        <v>41786</v>
+        <v>42292</v>
       </c>
       <c r="M259" s="2">
-        <v>41786</v>
+        <v>42292</v>
       </c>
       <c r="N259" s="1" t="s">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="260" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A260">
-        <v>39948508</v>
+        <v>36599102</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>274</v>
+        <v>709</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D260" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E260" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H260" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I260" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J260" s="1" t="s">
-        <v>123</v>
+        <v>682</v>
       </c>
       <c r="K260" s="1" t="s">
-        <v>275</v>
+        <v>710</v>
       </c>
       <c r="L260" s="2">
-        <v>41780</v>
+        <v>31048</v>
       </c>
       <c r="M260" s="2">
-        <v>41780</v>
+        <v>31048</v>
       </c>
       <c r="N260" s="1" t="s">
-        <v>139</v>
+        <v>672</v>
       </c>
     </row>
     <row r="261" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A261">
-        <v>39948509</v>
+        <v>36599100</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>276</v>
+        <v>703</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D261" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E261" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H261" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I261" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J261" s="1" t="s">
-        <v>123</v>
+        <v>682</v>
       </c>
       <c r="K261" s="1" t="s">
-        <v>277</v>
+        <v>704</v>
       </c>
       <c r="L261" s="2">
-        <v>42150</v>
+        <v>27002</v>
       </c>
       <c r="M261" s="2">
-        <v>42150</v>
+        <v>27002</v>
       </c>
       <c r="N261" s="1" t="s">
-        <v>128</v>
+        <v>705</v>
       </c>
     </row>
     <row r="262" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A262">
-        <v>36502848</v>
+        <v>36599097</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>726</v>
+        <v>697</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D262" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E262" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G262" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H262" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I262" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J262" s="1" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="K262" s="1" t="s">
-        <v>727</v>
+        <v>698</v>
       </c>
       <c r="L262" s="2">
-        <v>21916</v>
+        <v>23743</v>
       </c>
       <c r="M262" s="2">
-        <v>21916</v>
+        <v>23743</v>
       </c>
       <c r="N262" s="1" t="s">
-        <v>70</v>
+        <v>493</v>
       </c>
     </row>
     <row r="263" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A263">
-        <v>39948510</v>
+        <v>36599101</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>278</v>
+        <v>706</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D263" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E263" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H263" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I263" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J263" s="1" t="s">
-        <v>123</v>
+        <v>682</v>
       </c>
       <c r="K263" s="1" t="s">
-        <v>279</v>
+        <v>707</v>
       </c>
       <c r="L263" s="2">
-        <v>41760</v>
+        <v>29221</v>
       </c>
       <c r="M263" s="2">
-        <v>41760</v>
+        <v>29221</v>
       </c>
       <c r="N263" s="1" t="s">
-        <v>139</v>
+        <v>708</v>
       </c>
     </row>
     <row r="264" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A264">
-        <v>36469442</v>
+        <v>36599103</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>363</v>
+        <v>711</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>363</v>
+        <v>15</v>
       </c>
       <c r="D264" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E264" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G264" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H264" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I264" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J264" s="1" t="s">
-        <v>741</v>
+        <v>682</v>
       </c>
       <c r="K264" s="1" t="s">
-        <v>743</v>
+        <v>712</v>
       </c>
       <c r="L264" s="2">
-        <v>24838</v>
+        <v>35370</v>
       </c>
       <c r="M264" s="2">
-        <v>24838</v>
+        <v>35370</v>
       </c>
       <c r="N264" s="1" t="s">
-        <v>487</v>
+        <v>452</v>
       </c>
     </row>
     <row r="265" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A265">
-        <v>39942409</v>
+        <v>35540878</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>362</v>
+        <v>871</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>363</v>
+        <v>15</v>
       </c>
       <c r="D265" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E265" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G265" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H265" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I265" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J265" s="1" t="s">
-        <v>364</v>
+        <v>802</v>
       </c>
       <c r="K265" s="1" t="s">
-        <v>365</v>
+        <v>872</v>
       </c>
       <c r="L265" s="2">
-        <v>24473</v>
+        <v>22282</v>
       </c>
       <c r="M265" s="2">
-        <v>25809</v>
+        <v>23955</v>
       </c>
       <c r="N265" s="1" t="s">
-        <v>366</v>
+        <v>873</v>
       </c>
     </row>
     <row r="266" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A266">
-        <v>35540869</v>
+        <v>39176722</v>
       </c>
       <c r="B266" s="1" t="s">
-        <v>805</v>
+        <v>574</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D266" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E266" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G266" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H266" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I266" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J266" s="1" t="s">
-        <v>756</v>
+        <v>555</v>
       </c>
       <c r="K266" s="1" t="s">
-        <v>806</v>
+        <v>575</v>
       </c>
       <c r="L266" s="2">
-        <v>20821</v>
+        <v>24473</v>
       </c>
       <c r="M266" s="2">
-        <v>20821</v>
+        <v>24473</v>
       </c>
       <c r="N266" s="1" t="s">
-        <v>22</v>
+        <v>573</v>
       </c>
     </row>
     <row r="267" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A267">
-        <v>36599107</v>
+        <v>36502851</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>674</v>
+        <v>780</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>109</v>
+        <v>611</v>
       </c>
       <c r="D267" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E267" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H267" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I267" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J267" s="1" t="s">
-        <v>635</v>
+        <v>725</v>
       </c>
       <c r="K267" s="1" t="s">
-        <v>675</v>
-[...5 lines deleted...]
-        <v>22588</v>
+        <v>781</v>
       </c>
       <c r="N267" s="1" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
     </row>
     <row r="268" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A268">
-        <v>36605634</v>
+        <v>36502852</v>
       </c>
       <c r="B268" s="1" t="s">
-        <v>638</v>
+        <v>782</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>109</v>
+        <v>611</v>
       </c>
       <c r="D268" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E268" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G268" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H268" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I268" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J268" s="1" t="s">
-        <v>635</v>
+        <v>725</v>
       </c>
       <c r="K268" s="1" t="s">
-        <v>639</v>
-[...5 lines deleted...]
-        <v>23302</v>
+        <v>783</v>
       </c>
       <c r="N268" s="1" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
     </row>
     <row r="269" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A269">
-        <v>35540883</v>
+        <v>36502850</v>
       </c>
       <c r="B269" s="1" t="s">
-        <v>839</v>
+        <v>777</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>109</v>
+        <v>778</v>
       </c>
       <c r="D269" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E269" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H269" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I269" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J269" s="1" t="s">
-        <v>756</v>
+        <v>725</v>
       </c>
       <c r="K269" s="1" t="s">
-        <v>840</v>
+        <v>779</v>
       </c>
       <c r="L269" s="2">
-        <v>20821</v>
+        <v>17533</v>
       </c>
       <c r="M269" s="2">
-        <v>21763</v>
+        <v>17533</v>
       </c>
       <c r="N269" s="1" t="s">
-        <v>802</v>
+        <v>33</v>
       </c>
     </row>
     <row r="270" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A270">
-        <v>35540884</v>
+        <v>39948507</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>841</v>
+        <v>319</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D270" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E270" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G270" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H270" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I270" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J270" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K270" s="1" t="s">
-        <v>842</v>
+        <v>320</v>
       </c>
       <c r="L270" s="2">
-        <v>21551</v>
+        <v>41786</v>
       </c>
       <c r="M270" s="2">
-        <v>21551</v>
+        <v>41786</v>
       </c>
       <c r="N270" s="1" t="s">
-        <v>67</v>
+        <v>186</v>
       </c>
     </row>
     <row r="271" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A271">
-        <v>35540852</v>
+        <v>39948508</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>768</v>
+        <v>321</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D271" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E271" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H271" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I271" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J271" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K271" s="1" t="s">
-        <v>769</v>
+        <v>322</v>
       </c>
       <c r="L271" s="2">
-        <v>27395</v>
+        <v>41780</v>
       </c>
       <c r="M271" s="2">
-        <v>27395</v>
+        <v>41780</v>
       </c>
       <c r="N271" s="1" t="s">
-        <v>712</v>
+        <v>186</v>
       </c>
     </row>
     <row r="272" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A272">
-        <v>39537789</v>
+        <v>39948509</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>476</v>
+        <v>323</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>477</v>
+        <v>169</v>
       </c>
       <c r="D272" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E272" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H272" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I272" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J272" s="1" t="s">
-        <v>478</v>
+        <v>170</v>
       </c>
       <c r="K272" s="1" t="s">
-        <v>479</v>
+        <v>324</v>
       </c>
       <c r="L272" s="2">
-        <v>23012</v>
+        <v>42150</v>
       </c>
       <c r="M272" s="2">
-        <v>23012</v>
+        <v>42150</v>
       </c>
       <c r="N272" s="1" t="s">
-        <v>79</v>
+        <v>175</v>
       </c>
     </row>
     <row r="273" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A273">
-        <v>39537790</v>
+        <v>36502848</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>480</v>
+        <v>772</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>477</v>
+        <v>15</v>
       </c>
       <c r="D273" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E273" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G273" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H273" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I273" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J273" s="1" t="s">
-        <v>478</v>
+        <v>725</v>
       </c>
       <c r="K273" s="1" t="s">
-        <v>481</v>
+        <v>773</v>
       </c>
       <c r="L273" s="2">
-        <v>23377</v>
+        <v>21916</v>
       </c>
       <c r="M273" s="2">
-        <v>23478</v>
+        <v>21916</v>
       </c>
       <c r="N273" s="1" t="s">
-        <v>482</v>
+        <v>54</v>
       </c>
     </row>
     <row r="274" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A274">
-        <v>39537791</v>
+        <v>39948510</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>483</v>
+        <v>325</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>477</v>
+        <v>169</v>
       </c>
       <c r="D274" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E274" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G274" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H274" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I274" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J274" s="1" t="s">
-        <v>478</v>
+        <v>170</v>
       </c>
       <c r="K274" s="1" t="s">
-        <v>484</v>
+        <v>326</v>
       </c>
       <c r="L274" s="2">
-        <v>23377</v>
+        <v>41760</v>
       </c>
       <c r="M274" s="2">
-        <v>23377</v>
+        <v>41760</v>
       </c>
       <c r="N274" s="1" t="s">
-        <v>482</v>
+        <v>186</v>
       </c>
     </row>
     <row r="275" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A275">
-        <v>39537792</v>
+        <v>36469442</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>485</v>
+        <v>410</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>477</v>
+        <v>410</v>
       </c>
       <c r="D275" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G275" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H275" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I275" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J275" s="1" t="s">
-        <v>478</v>
+        <v>787</v>
       </c>
       <c r="K275" s="1" t="s">
-        <v>486</v>
+        <v>789</v>
       </c>
       <c r="L275" s="2">
         <v>24838</v>
       </c>
       <c r="M275" s="2">
         <v>24838</v>
       </c>
       <c r="N275" s="1" t="s">
-        <v>487</v>
+        <v>534</v>
       </c>
     </row>
     <row r="276" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A276">
-        <v>39537793</v>
+        <v>39942409</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>488</v>
+        <v>409</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>477</v>
+        <v>410</v>
       </c>
       <c r="D276" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E276" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H276" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I276" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J276" s="1" t="s">
-        <v>478</v>
+        <v>411</v>
       </c>
       <c r="K276" s="1" t="s">
-        <v>489</v>
+        <v>412</v>
       </c>
       <c r="L276" s="2">
-        <v>24838</v>
+        <v>24473</v>
       </c>
       <c r="M276" s="2">
-        <v>24838</v>
+        <v>25809</v>
       </c>
       <c r="N276" s="1" t="s">
-        <v>487</v>
+        <v>413</v>
       </c>
     </row>
     <row r="277" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A277">
-        <v>35540870</v>
+        <v>35540869</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>807</v>
+        <v>849</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D277" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H277" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I277" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J277" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K277" s="1" t="s">
-        <v>808</v>
+        <v>850</v>
       </c>
       <c r="L277" s="2">
-        <v>21186</v>
+        <v>20821</v>
       </c>
       <c r="M277" s="2">
-        <v>21186</v>
+        <v>20821</v>
       </c>
       <c r="N277" s="1" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
     </row>
     <row r="278" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A278">
-        <v>35540872</v>
+        <v>36599107</v>
       </c>
       <c r="B278" s="1" t="s">
-        <v>812</v>
+        <v>720</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D278" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E278" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H278" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I278" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J278" s="1" t="s">
-        <v>756</v>
+        <v>682</v>
       </c>
       <c r="K278" s="1" t="s">
-        <v>813</v>
+        <v>721</v>
       </c>
       <c r="L278" s="2">
-        <v>20821</v>
+        <v>22588</v>
       </c>
       <c r="M278" s="2">
-        <v>21527</v>
+        <v>22588</v>
       </c>
       <c r="N278" s="1" t="s">
-        <v>814</v>
+        <v>96</v>
       </c>
     </row>
     <row r="279" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A279">
-        <v>35540871</v>
+        <v>36605634</v>
       </c>
       <c r="B279" s="1" t="s">
-        <v>809</v>
+        <v>685</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D279" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H279" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I279" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J279" s="1" t="s">
-        <v>756</v>
+        <v>682</v>
       </c>
       <c r="K279" s="1" t="s">
-        <v>810</v>
+        <v>686</v>
       </c>
       <c r="L279" s="2">
-        <v>20455</v>
+        <v>23302</v>
       </c>
       <c r="M279" s="2">
-        <v>21582</v>
+        <v>23302</v>
       </c>
       <c r="N279" s="1" t="s">
-        <v>811</v>
+        <v>127</v>
       </c>
     </row>
     <row r="280" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A280">
-        <v>39948511</v>
+        <v>35540883</v>
       </c>
       <c r="B280" s="1" t="s">
-        <v>280</v>
+        <v>883</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D280" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H280" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I280" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J280" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K280" s="1" t="s">
-        <v>281</v>
+        <v>884</v>
       </c>
       <c r="L280" s="2">
-        <v>41762</v>
+        <v>20821</v>
       </c>
       <c r="M280" s="2">
-        <v>41762</v>
+        <v>21763</v>
       </c>
       <c r="N280" s="1" t="s">
-        <v>139</v>
+        <v>846</v>
       </c>
     </row>
     <row r="281" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A281">
-        <v>39948512</v>
+        <v>35540884</v>
       </c>
       <c r="B281" s="1" t="s">
-        <v>282</v>
+        <v>885</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D281" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E281" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G281" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H281" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I281" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J281" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K281" s="1" t="s">
-        <v>283</v>
+        <v>886</v>
       </c>
       <c r="L281" s="2">
-        <v>41760</v>
+        <v>21551</v>
       </c>
       <c r="M281" s="2">
-        <v>41760</v>
+        <v>21551</v>
       </c>
       <c r="N281" s="1" t="s">
-        <v>139</v>
+        <v>116</v>
       </c>
     </row>
     <row r="282" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A282">
-        <v>39948513</v>
+        <v>35540852</v>
       </c>
       <c r="B282" s="1" t="s">
-        <v>284</v>
+        <v>814</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D282" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E282" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G282" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H282" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I282" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J282" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K282" s="1" t="s">
-        <v>285</v>
+        <v>815</v>
       </c>
       <c r="L282" s="2">
-        <v>42139</v>
+        <v>27395</v>
       </c>
       <c r="M282" s="2">
-        <v>42139</v>
+        <v>27395</v>
       </c>
       <c r="N282" s="1" t="s">
-        <v>128</v>
+        <v>758</v>
       </c>
     </row>
     <row r="283" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A283">
-        <v>39948514</v>
+        <v>39537789</v>
       </c>
       <c r="B283" s="1" t="s">
-        <v>286</v>
+        <v>523</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>122</v>
+        <v>524</v>
       </c>
       <c r="D283" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G283" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H283" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I283" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J283" s="1" t="s">
-        <v>123</v>
+        <v>525</v>
       </c>
       <c r="K283" s="1" t="s">
-        <v>287</v>
+        <v>526</v>
       </c>
       <c r="L283" s="2">
-        <v>45142</v>
+        <v>23012</v>
       </c>
       <c r="M283" s="2">
-        <v>45142</v>
+        <v>23012</v>
       </c>
       <c r="N283" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="284" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A284">
-        <v>39948515</v>
+        <v>39537790</v>
       </c>
       <c r="B284" s="1" t="s">
-        <v>288</v>
+        <v>527</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>122</v>
+        <v>524</v>
       </c>
       <c r="D284" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E284" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G284" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H284" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I284" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J284" s="1" t="s">
-        <v>123</v>
+        <v>525</v>
       </c>
       <c r="K284" s="1" t="s">
-        <v>289</v>
+        <v>528</v>
       </c>
       <c r="L284" s="2">
-        <v>42123</v>
+        <v>23377</v>
       </c>
       <c r="M284" s="2">
-        <v>42123</v>
+        <v>23478</v>
       </c>
       <c r="N284" s="1" t="s">
-        <v>128</v>
+        <v>529</v>
       </c>
     </row>
     <row r="285" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A285">
-        <v>39948516</v>
+        <v>39537791</v>
       </c>
       <c r="B285" s="1" t="s">
-        <v>290</v>
+        <v>530</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>122</v>
+        <v>524</v>
       </c>
       <c r="D285" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E285" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H285" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I285" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J285" s="1" t="s">
-        <v>123</v>
+        <v>525</v>
       </c>
       <c r="K285" s="1" t="s">
-        <v>291</v>
+        <v>531</v>
       </c>
       <c r="L285" s="2">
-        <v>41767</v>
+        <v>23377</v>
       </c>
       <c r="M285" s="2">
-        <v>41767</v>
+        <v>23377</v>
       </c>
       <c r="N285" s="1" t="s">
-        <v>139</v>
+        <v>529</v>
       </c>
     </row>
     <row r="286" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A286">
-        <v>39948517</v>
+        <v>39537792</v>
       </c>
       <c r="B286" s="1" t="s">
-        <v>292</v>
+        <v>532</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>122</v>
+        <v>524</v>
       </c>
       <c r="D286" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G286" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H286" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I286" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J286" s="1" t="s">
-        <v>123</v>
+        <v>525</v>
       </c>
       <c r="K286" s="1" t="s">
-        <v>293</v>
+        <v>533</v>
       </c>
       <c r="L286" s="2">
-        <v>45133</v>
+        <v>24838</v>
       </c>
       <c r="M286" s="2">
-        <v>45133</v>
+        <v>24838</v>
       </c>
       <c r="N286" s="1" t="s">
-        <v>125</v>
+        <v>534</v>
       </c>
     </row>
     <row r="287" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A287">
-        <v>39948518</v>
+        <v>39537793</v>
       </c>
       <c r="B287" s="1" t="s">
-        <v>294</v>
+        <v>535</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>122</v>
+        <v>524</v>
       </c>
       <c r="D287" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E287" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G287" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H287" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I287" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J287" s="1" t="s">
-        <v>123</v>
+        <v>525</v>
       </c>
       <c r="K287" s="1" t="s">
-        <v>295</v>
+        <v>536</v>
       </c>
       <c r="L287" s="2">
-        <v>42184</v>
+        <v>24838</v>
       </c>
       <c r="M287" s="2">
-        <v>42184</v>
+        <v>24838</v>
       </c>
       <c r="N287" s="1" t="s">
-        <v>128</v>
+        <v>534</v>
       </c>
     </row>
     <row r="288" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A288">
-        <v>35540889</v>
+        <v>35540870</v>
       </c>
       <c r="B288" s="1" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D288" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E288" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H288" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I288" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J288" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K288" s="1" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="L288" s="2">
-        <v>26877</v>
+        <v>21186</v>
       </c>
       <c r="M288" s="2">
-        <v>26877</v>
+        <v>21186</v>
       </c>
       <c r="N288" s="1" t="s">
-        <v>658</v>
+        <v>101</v>
       </c>
     </row>
     <row r="289" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A289">
-        <v>35540886</v>
+        <v>35540872</v>
       </c>
       <c r="B289" s="1" t="s">
-        <v>845</v>
+        <v>856</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D289" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E289" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G289" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H289" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I289" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J289" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K289" s="1" t="s">
-        <v>846</v>
+        <v>857</v>
       </c>
       <c r="L289" s="2">
-        <v>16072</v>
+        <v>20821</v>
       </c>
       <c r="M289" s="2">
-        <v>16224</v>
+        <v>21527</v>
       </c>
       <c r="N289" s="1" t="s">
-        <v>847</v>
+        <v>858</v>
       </c>
     </row>
     <row r="290" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A290">
-        <v>35540887</v>
+        <v>35540871</v>
       </c>
       <c r="B290" s="1" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D290" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G290" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H290" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I290" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J290" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K290" s="1" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="L290" s="2">
-        <v>21725</v>
+        <v>20455</v>
       </c>
       <c r="M290" s="2">
-        <v>24838</v>
+        <v>21582</v>
       </c>
       <c r="N290" s="1" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
     </row>
     <row r="291" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A291">
-        <v>35540888</v>
+        <v>39948511</v>
       </c>
       <c r="B291" s="1" t="s">
-        <v>851</v>
+        <v>327</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D291" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E291" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G291" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H291" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I291" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J291" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K291" s="1" t="s">
-        <v>852</v>
+        <v>328</v>
       </c>
       <c r="L291" s="2">
-        <v>24838</v>
+        <v>41762</v>
       </c>
       <c r="M291" s="2">
-        <v>25183</v>
+        <v>41762</v>
       </c>
       <c r="N291" s="1" t="s">
-        <v>487</v>
+        <v>186</v>
       </c>
     </row>
     <row r="292" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A292">
-        <v>35540890</v>
+        <v>39948512</v>
       </c>
       <c r="B292" s="1" t="s">
-        <v>855</v>
+        <v>329</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D292" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G292" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H292" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I292" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J292" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K292" s="1" t="s">
-        <v>856</v>
+        <v>330</v>
       </c>
       <c r="L292" s="2">
-        <v>23696</v>
+        <v>41760</v>
       </c>
       <c r="M292" s="2">
-        <v>25173</v>
+        <v>41760</v>
       </c>
       <c r="N292" s="1" t="s">
-        <v>857</v>
+        <v>186</v>
       </c>
     </row>
     <row r="293" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A293">
-        <v>35540891</v>
+        <v>39948513</v>
       </c>
       <c r="B293" s="1" t="s">
-        <v>858</v>
+        <v>331</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D293" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G293" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H293" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I293" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J293" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K293" s="1" t="s">
-        <v>859</v>
+        <v>332</v>
       </c>
       <c r="L293" s="2">
-        <v>24838</v>
+        <v>42139</v>
       </c>
       <c r="M293" s="2">
-        <v>24919</v>
+        <v>42139</v>
       </c>
       <c r="N293" s="1" t="s">
-        <v>487</v>
+        <v>175</v>
       </c>
     </row>
     <row r="294" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A294">
-        <v>35540892</v>
+        <v>39948514</v>
       </c>
       <c r="B294" s="1" t="s">
-        <v>860</v>
+        <v>333</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D294" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G294" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H294" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I294" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J294" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K294" s="1" t="s">
-        <v>861</v>
+        <v>334</v>
       </c>
       <c r="L294" s="2">
-        <v>25204</v>
+        <v>45142</v>
       </c>
       <c r="M294" s="2">
-        <v>25993</v>
+        <v>45142</v>
       </c>
       <c r="N294" s="1" t="s">
-        <v>862</v>
+        <v>172</v>
       </c>
     </row>
     <row r="295" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A295">
-        <v>35540893</v>
+        <v>39948515</v>
       </c>
       <c r="B295" s="1" t="s">
-        <v>863</v>
+        <v>335</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D295" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E295" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G295" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H295" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I295" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J295" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K295" s="1" t="s">
-        <v>864</v>
+        <v>336</v>
       </c>
       <c r="L295" s="2">
-        <v>24898</v>
+        <v>42123</v>
       </c>
       <c r="M295" s="2">
-        <v>24898</v>
+        <v>42123</v>
       </c>
       <c r="N295" s="1" t="s">
-        <v>487</v>
+        <v>175</v>
       </c>
     </row>
     <row r="296" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A296">
-        <v>35540873</v>
+        <v>39948516</v>
       </c>
       <c r="B296" s="1" t="s">
-        <v>815</v>
+        <v>337</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D296" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G296" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H296" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I296" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J296" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K296" s="1" t="s">
-        <v>816</v>
+        <v>338</v>
       </c>
       <c r="L296" s="2">
-        <v>20433</v>
+        <v>41767</v>
       </c>
       <c r="M296" s="2">
-        <v>20821</v>
+        <v>41767</v>
       </c>
       <c r="N296" s="1" t="s">
-        <v>799</v>
+        <v>186</v>
       </c>
     </row>
     <row r="297" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A297">
-        <v>39948519</v>
+        <v>39948517</v>
       </c>
       <c r="B297" s="1" t="s">
-        <v>296</v>
+        <v>339</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D297" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G297" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H297" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I297" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J297" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K297" s="1" t="s">
-        <v>297</v>
+        <v>340</v>
       </c>
       <c r="L297" s="2">
-        <v>42130</v>
+        <v>45133</v>
       </c>
       <c r="M297" s="2">
-        <v>42130</v>
+        <v>45133</v>
       </c>
       <c r="N297" s="1" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
     </row>
     <row r="298" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A298">
-        <v>40281800</v>
+        <v>39948518</v>
       </c>
       <c r="B298" s="1" t="s">
-        <v>20</v>
+        <v>341</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D298" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E298" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G298" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H298" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I298" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J298" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K298" s="1" t="s">
-        <v>21</v>
+        <v>342</v>
       </c>
       <c r="L298" s="2">
-        <v>21094</v>
+        <v>42184</v>
       </c>
       <c r="M298" s="2">
-        <v>21094</v>
+        <v>42184</v>
       </c>
       <c r="N298" s="1" t="s">
-        <v>22</v>
+        <v>175</v>
       </c>
     </row>
     <row r="299" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A299">
-        <v>39948520</v>
+        <v>35540889</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>298</v>
+        <v>897</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D299" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E299" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G299" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H299" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I299" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J299" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K299" s="1" t="s">
-        <v>299</v>
+        <v>898</v>
       </c>
       <c r="L299" s="2">
-        <v>42132</v>
+        <v>26877</v>
       </c>
       <c r="M299" s="2">
-        <v>42132</v>
+        <v>26877</v>
       </c>
       <c r="N299" s="1" t="s">
-        <v>128</v>
+        <v>705</v>
       </c>
     </row>
     <row r="300" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A300">
-        <v>39948521</v>
+        <v>35540886</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>300</v>
+        <v>889</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D300" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E300" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G300" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H300" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I300" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J300" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K300" s="1" t="s">
-        <v>301</v>
+        <v>890</v>
       </c>
       <c r="L300" s="2">
-        <v>42144</v>
+        <v>16072</v>
       </c>
       <c r="M300" s="2">
-        <v>42144</v>
+        <v>16224</v>
       </c>
       <c r="N300" s="1" t="s">
-        <v>128</v>
+        <v>891</v>
       </c>
     </row>
     <row r="301" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A301">
-        <v>39948522</v>
+        <v>35540887</v>
       </c>
       <c r="B301" s="1" t="s">
-        <v>302</v>
+        <v>892</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D301" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E301" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G301" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H301" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I301" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J301" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K301" s="1" t="s">
-        <v>303</v>
+        <v>893</v>
       </c>
       <c r="L301" s="2">
-        <v>41993</v>
+        <v>21725</v>
       </c>
       <c r="M301" s="2">
-        <v>41993</v>
+        <v>24838</v>
       </c>
       <c r="N301" s="1" t="s">
-        <v>139</v>
+        <v>894</v>
       </c>
     </row>
     <row r="302" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A302">
-        <v>39948523</v>
+        <v>35540888</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>304</v>
+        <v>895</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D302" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E302" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G302" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H302" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I302" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J302" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K302" s="1" t="s">
-        <v>305</v>
+        <v>896</v>
       </c>
       <c r="L302" s="2">
-        <v>41769</v>
+        <v>24838</v>
       </c>
       <c r="M302" s="2">
-        <v>41769</v>
+        <v>25183</v>
       </c>
       <c r="N302" s="1" t="s">
-        <v>139</v>
+        <v>534</v>
       </c>
     </row>
     <row r="303" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A303">
-        <v>39948524</v>
+        <v>35540890</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>306</v>
+        <v>899</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D303" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E303" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G303" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H303" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I303" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J303" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K303" s="1" t="s">
-        <v>307</v>
+        <v>900</v>
       </c>
       <c r="L303" s="2">
-        <v>41787</v>
+        <v>23696</v>
       </c>
       <c r="M303" s="2">
-        <v>41787</v>
+        <v>25173</v>
       </c>
       <c r="N303" s="1" t="s">
-        <v>139</v>
+        <v>901</v>
       </c>
     </row>
     <row r="304" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A304">
-        <v>39948525</v>
+        <v>35540891</v>
       </c>
       <c r="B304" s="1" t="s">
-        <v>308</v>
+        <v>902</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D304" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E304" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G304" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H304" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I304" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J304" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K304" s="1" t="s">
-        <v>309</v>
+        <v>903</v>
       </c>
       <c r="L304" s="2">
-        <v>45156</v>
+        <v>24838</v>
       </c>
       <c r="M304" s="2">
-        <v>45156</v>
+        <v>24919</v>
       </c>
       <c r="N304" s="1" t="s">
-        <v>125</v>
+        <v>534</v>
       </c>
     </row>
     <row r="305" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A305">
-        <v>39948526</v>
+        <v>35540892</v>
       </c>
       <c r="B305" s="1" t="s">
-        <v>310</v>
+        <v>904</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D305" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E305" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G305" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H305" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I305" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J305" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K305" s="1" t="s">
-        <v>311</v>
+        <v>905</v>
       </c>
       <c r="L305" s="2">
-        <v>45142</v>
+        <v>25204</v>
       </c>
       <c r="M305" s="2">
-        <v>45142</v>
+        <v>25993</v>
       </c>
       <c r="N305" s="1" t="s">
-        <v>125</v>
+        <v>906</v>
       </c>
     </row>
     <row r="306" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A306">
-        <v>39948527</v>
+        <v>35540893</v>
       </c>
       <c r="B306" s="1" t="s">
-        <v>312</v>
+        <v>907</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D306" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E306" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G306" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H306" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I306" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J306" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K306" s="1" t="s">
-        <v>313</v>
+        <v>908</v>
       </c>
       <c r="L306" s="2">
-        <v>45133</v>
+        <v>24898</v>
       </c>
       <c r="M306" s="2">
-        <v>45133</v>
+        <v>24898</v>
       </c>
       <c r="N306" s="1" t="s">
-        <v>125</v>
+        <v>534</v>
       </c>
     </row>
     <row r="307" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A307">
-        <v>39948528</v>
+        <v>35540873</v>
       </c>
       <c r="B307" s="1" t="s">
-        <v>314</v>
+        <v>859</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D307" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E307" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G307" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H307" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I307" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J307" s="1" t="s">
-        <v>123</v>
+        <v>802</v>
       </c>
       <c r="K307" s="1" t="s">
-        <v>315</v>
+        <v>860</v>
       </c>
       <c r="L307" s="2">
-        <v>42146</v>
+        <v>20433</v>
       </c>
       <c r="M307" s="2">
-        <v>42146</v>
+        <v>20821</v>
       </c>
       <c r="N307" s="1" t="s">
-        <v>128</v>
+        <v>45</v>
       </c>
     </row>
     <row r="308" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A308">
-        <v>39948529</v>
+        <v>39948519</v>
       </c>
       <c r="B308" s="1" t="s">
-        <v>316</v>
+        <v>343</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D308" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E308" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G308" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H308" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I308" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J308" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K308" s="1" t="s">
-        <v>317</v>
+        <v>344</v>
       </c>
       <c r="L308" s="2">
-        <v>42207</v>
+        <v>42130</v>
       </c>
       <c r="M308" s="2">
-        <v>42207</v>
+        <v>42130</v>
       </c>
       <c r="N308" s="1" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
     </row>
     <row r="309" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A309">
-        <v>39948530</v>
+        <v>40281800</v>
       </c>
       <c r="B309" s="1" t="s">
-        <v>318</v>
+        <v>69</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D309" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E309" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H309" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I309" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J309" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K309" s="1" t="s">
-        <v>319</v>
+        <v>70</v>
       </c>
       <c r="L309" s="2">
-        <v>45135</v>
+        <v>21094</v>
       </c>
       <c r="M309" s="2">
-        <v>45135</v>
+        <v>21094</v>
       </c>
       <c r="N309" s="1" t="s">
-        <v>125</v>
+        <v>71</v>
       </c>
     </row>
     <row r="310" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A310">
-        <v>39948531</v>
+        <v>39948520</v>
       </c>
       <c r="B310" s="1" t="s">
-        <v>320</v>
+        <v>345</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D310" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E310" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G310" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H310" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I310" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J310" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K310" s="1" t="s">
-        <v>321</v>
+        <v>346</v>
       </c>
       <c r="L310" s="2">
-        <v>45139</v>
+        <v>42132</v>
       </c>
       <c r="M310" s="2">
-        <v>45139</v>
+        <v>42132</v>
       </c>
       <c r="N310" s="1" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="311" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A311">
-        <v>39948532</v>
+        <v>39948521</v>
       </c>
       <c r="B311" s="1" t="s">
-        <v>322</v>
+        <v>347</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D311" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E311" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H311" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I311" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J311" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K311" s="1" t="s">
-        <v>323</v>
+        <v>348</v>
       </c>
       <c r="L311" s="2">
-        <v>45134</v>
+        <v>42144</v>
       </c>
       <c r="M311" s="2">
-        <v>45134</v>
+        <v>42144</v>
       </c>
       <c r="N311" s="1" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="312" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A312">
-        <v>39948533</v>
+        <v>39948522</v>
       </c>
       <c r="B312" s="1" t="s">
-        <v>324</v>
+        <v>349</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D312" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E312" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H312" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I312" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J312" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K312" s="1" t="s">
-        <v>325</v>
+        <v>350</v>
       </c>
       <c r="L312" s="2">
-        <v>42178</v>
+        <v>41993</v>
       </c>
       <c r="M312" s="2">
-        <v>42178</v>
+        <v>41993</v>
       </c>
       <c r="N312" s="1" t="s">
-        <v>128</v>
+        <v>186</v>
       </c>
     </row>
     <row r="313" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A313">
-        <v>39948534</v>
+        <v>39948523</v>
       </c>
       <c r="B313" s="1" t="s">
-        <v>326</v>
+        <v>351</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D313" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E313" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G313" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H313" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I313" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J313" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K313" s="1" t="s">
-        <v>327</v>
+        <v>352</v>
       </c>
       <c r="L313" s="2">
-        <v>45141</v>
+        <v>41769</v>
       </c>
       <c r="M313" s="2">
-        <v>45141</v>
+        <v>41769</v>
       </c>
       <c r="N313" s="1" t="s">
-        <v>125</v>
+        <v>186</v>
       </c>
     </row>
     <row r="314" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A314">
-        <v>35540874</v>
+        <v>39948524</v>
       </c>
       <c r="B314" s="1" t="s">
-        <v>817</v>
+        <v>353</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D314" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E314" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H314" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I314" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J314" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K314" s="1" t="s">
-        <v>818</v>
+        <v>354</v>
       </c>
       <c r="L314" s="2">
-        <v>21186</v>
+        <v>41787</v>
       </c>
       <c r="M314" s="2">
-        <v>21186</v>
+        <v>41787</v>
       </c>
       <c r="N314" s="1" t="s">
-        <v>52</v>
+        <v>186</v>
       </c>
     </row>
     <row r="315" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A315">
-        <v>39948535</v>
+        <v>39948525</v>
       </c>
       <c r="B315" s="1" t="s">
-        <v>328</v>
+        <v>355</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D315" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E315" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H315" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I315" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J315" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K315" s="1" t="s">
-        <v>329</v>
+        <v>356</v>
       </c>
       <c r="L315" s="2">
-        <v>41781</v>
+        <v>45156</v>
       </c>
       <c r="M315" s="2">
-        <v>41781</v>
+        <v>45156</v>
       </c>
       <c r="N315" s="1" t="s">
-        <v>139</v>
+        <v>172</v>
       </c>
     </row>
     <row r="316" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A316">
-        <v>39948536</v>
+        <v>39948526</v>
       </c>
       <c r="B316" s="1" t="s">
-        <v>330</v>
+        <v>357</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D316" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E316" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G316" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H316" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I316" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J316" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K316" s="1" t="s">
-        <v>331</v>
+        <v>358</v>
       </c>
       <c r="L316" s="2">
-        <v>41783</v>
+        <v>45142</v>
       </c>
       <c r="M316" s="2">
-        <v>41783</v>
+        <v>45142</v>
       </c>
       <c r="N316" s="1" t="s">
-        <v>139</v>
+        <v>172</v>
       </c>
     </row>
     <row r="317" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A317">
-        <v>40281806</v>
+        <v>39948527</v>
       </c>
       <c r="B317" s="1" t="s">
-        <v>35</v>
+        <v>359</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D317" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E317" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G317" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H317" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I317" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J317" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K317" s="1" t="s">
-        <v>36</v>
+        <v>360</v>
       </c>
       <c r="L317" s="2">
-        <v>20703</v>
+        <v>45133</v>
       </c>
       <c r="M317" s="2">
-        <v>20703</v>
+        <v>45133</v>
       </c>
       <c r="N317" s="1" t="s">
-        <v>25</v>
+        <v>172</v>
       </c>
     </row>
     <row r="318" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A318">
-        <v>39948537</v>
+        <v>39948528</v>
       </c>
       <c r="B318" s="1" t="s">
-        <v>332</v>
+        <v>361</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D318" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E318" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H318" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I318" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J318" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K318" s="1" t="s">
-        <v>333</v>
+        <v>362</v>
       </c>
       <c r="L318" s="2">
-        <v>42205</v>
+        <v>42146</v>
       </c>
       <c r="M318" s="2">
-        <v>42205</v>
+        <v>42146</v>
       </c>
       <c r="N318" s="1" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
     </row>
     <row r="319" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A319">
-        <v>39948538</v>
+        <v>39948529</v>
       </c>
       <c r="B319" s="1" t="s">
-        <v>334</v>
+        <v>363</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D319" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E319" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H319" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I319" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J319" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K319" s="1" t="s">
-        <v>335</v>
+        <v>364</v>
       </c>
       <c r="L319" s="2">
-        <v>45132</v>
+        <v>42207</v>
       </c>
       <c r="M319" s="2">
-        <v>45132</v>
+        <v>42207</v>
       </c>
       <c r="N319" s="1" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="320" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A320">
-        <v>36599096</v>
+        <v>39948530</v>
       </c>
       <c r="B320" s="1" t="s">
-        <v>648</v>
+        <v>365</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D320" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E320" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H320" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I320" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J320" s="1" t="s">
-        <v>635</v>
+        <v>170</v>
       </c>
       <c r="K320" s="1" t="s">
-        <v>649</v>
+        <v>366</v>
       </c>
       <c r="L320" s="2">
-        <v>21916</v>
+        <v>45135</v>
       </c>
       <c r="M320" s="2">
-        <v>21916</v>
+        <v>45135</v>
       </c>
       <c r="N320" s="1" t="s">
-        <v>70</v>
+        <v>172</v>
       </c>
     </row>
     <row r="321" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A321">
-        <v>39948539</v>
+        <v>39948531</v>
       </c>
       <c r="B321" s="1" t="s">
-        <v>336</v>
+        <v>367</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D321" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E321" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H321" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I321" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J321" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K321" s="1" t="s">
-        <v>337</v>
+        <v>368</v>
       </c>
       <c r="L321" s="2">
-        <v>41776</v>
+        <v>45139</v>
       </c>
       <c r="M321" s="2">
-        <v>41776</v>
+        <v>45139</v>
       </c>
       <c r="N321" s="1" t="s">
-        <v>139</v>
+        <v>172</v>
       </c>
     </row>
     <row r="322" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A322">
-        <v>36716639</v>
+        <v>39948532</v>
       </c>
       <c r="B322" s="1" t="s">
-        <v>618</v>
+        <v>369</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D322" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E322" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H322" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I322" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J322" s="1" t="s">
-        <v>545</v>
+        <v>170</v>
       </c>
       <c r="K322" s="1" t="s">
-        <v>619</v>
+        <v>370</v>
+      </c>
+      <c r="L322" s="2">
+        <v>45134</v>
+      </c>
+      <c r="M322" s="2">
+        <v>45134</v>
       </c>
       <c r="N322" s="1" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
     </row>
     <row r="323" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A323">
-        <v>35540875</v>
+        <v>39948533</v>
       </c>
       <c r="B323" s="1" t="s">
-        <v>819</v>
+        <v>371</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D323" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E323" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H323" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I323" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J323" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K323" s="1" t="s">
-        <v>820</v>
+        <v>372</v>
       </c>
       <c r="L323" s="2">
-        <v>12420</v>
+        <v>42178</v>
       </c>
       <c r="M323" s="2">
-        <v>16714</v>
+        <v>42178</v>
       </c>
       <c r="N323" s="1" t="s">
-        <v>821</v>
+        <v>175</v>
       </c>
     </row>
     <row r="324" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A324">
-        <v>35540876</v>
+        <v>39948534</v>
       </c>
       <c r="B324" s="1" t="s">
-        <v>822</v>
+        <v>373</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D324" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E324" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H324" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I324" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J324" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K324" s="1" t="s">
-        <v>823</v>
+        <v>374</v>
       </c>
       <c r="L324" s="2">
-        <v>16803</v>
+        <v>45141</v>
       </c>
       <c r="M324" s="2">
-        <v>21128</v>
+        <v>45141</v>
       </c>
       <c r="N324" s="1" t="s">
-        <v>824</v>
+        <v>172</v>
       </c>
     </row>
     <row r="325" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A325">
-        <v>35540894</v>
+        <v>35540874</v>
       </c>
       <c r="B325" s="1" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D325" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E325" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H325" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I325" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J325" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K325" s="1" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
       <c r="L325" s="2">
-        <v>24838</v>
+        <v>21186</v>
       </c>
       <c r="M325" s="2">
-        <v>25416</v>
+        <v>21186</v>
       </c>
       <c r="N325" s="1" t="s">
-        <v>867</v>
+        <v>101</v>
       </c>
     </row>
     <row r="326" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A326">
-        <v>40281818</v>
+        <v>39948535</v>
       </c>
       <c r="B326" s="1" t="s">
-        <v>61</v>
+        <v>375</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D326" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E326" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H326" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I326" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J326" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K326" s="1" t="s">
-        <v>62</v>
+        <v>376</v>
       </c>
       <c r="L326" s="2">
-        <v>21193</v>
+        <v>41781</v>
       </c>
       <c r="M326" s="2">
-        <v>21193</v>
+        <v>41781</v>
       </c>
       <c r="N326" s="1" t="s">
-        <v>52</v>
+        <v>186</v>
       </c>
     </row>
     <row r="327" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A327">
-        <v>40281802</v>
+        <v>39948536</v>
       </c>
       <c r="B327" s="1" t="s">
-        <v>26</v>
+        <v>377</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D327" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E327" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H327" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I327" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J327" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K327" s="1" t="s">
-        <v>27</v>
+        <v>378</v>
       </c>
       <c r="L327" s="2">
-        <v>20423</v>
+        <v>41783</v>
       </c>
       <c r="M327" s="2">
-        <v>20423</v>
+        <v>41783</v>
       </c>
       <c r="N327" s="1" t="s">
-        <v>28</v>
+        <v>186</v>
       </c>
     </row>
     <row r="328" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A328">
-        <v>40281801</v>
+        <v>40281806</v>
       </c>
       <c r="B328" s="1" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D328" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E328" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H328" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I328" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J328" s="1" t="s">
-        <v>17</v>
+        <v>66</v>
       </c>
       <c r="K328" s="1" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="L328" s="2">
-        <v>20612</v>
+        <v>20703</v>
       </c>
       <c r="M328" s="2">
-        <v>20612</v>
+        <v>20703</v>
       </c>
       <c r="N328" s="1" t="s">
-        <v>25</v>
+        <v>74</v>
       </c>
     </row>
     <row r="329" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A329">
-        <v>40281803</v>
+        <v>39948537</v>
       </c>
       <c r="B329" s="1" t="s">
-        <v>29</v>
+        <v>379</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D329" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E329" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G329" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H329" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I329" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J329" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K329" s="1" t="s">
-        <v>30</v>
+        <v>380</v>
       </c>
       <c r="L329" s="2">
-        <v>20465</v>
+        <v>42205</v>
       </c>
       <c r="M329" s="2">
-        <v>20465</v>
+        <v>42205</v>
       </c>
       <c r="N329" s="1" t="s">
-        <v>25</v>
+        <v>175</v>
       </c>
     </row>
     <row r="330" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A330">
-        <v>36502833</v>
+        <v>39948538</v>
       </c>
       <c r="B330" s="1" t="s">
-        <v>692</v>
+        <v>381</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D330" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E330" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H330" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I330" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J330" s="1" t="s">
-        <v>679</v>
+        <v>170</v>
       </c>
       <c r="K330" s="1" t="s">
-        <v>693</v>
+        <v>382</v>
       </c>
       <c r="L330" s="2">
-        <v>19360</v>
+        <v>45132</v>
       </c>
       <c r="M330" s="2">
-        <v>19360</v>
+        <v>45132</v>
       </c>
       <c r="N330" s="1" t="s">
-        <v>691</v>
+        <v>172</v>
       </c>
     </row>
     <row r="331" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A331">
-        <v>36716645</v>
+        <v>36599096</v>
       </c>
       <c r="B331" s="1" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D331" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E331" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H331" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I331" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J331" s="1" t="s">
-        <v>545</v>
+        <v>682</v>
       </c>
       <c r="K331" s="1" t="s">
-        <v>633</v>
+        <v>696</v>
+      </c>
+      <c r="L331" s="2">
+        <v>21916</v>
+      </c>
+      <c r="M331" s="2">
+        <v>21916</v>
       </c>
       <c r="N331" s="1" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
     </row>
     <row r="332" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A332">
-        <v>36605636</v>
+        <v>39948539</v>
       </c>
       <c r="B332" s="1" t="s">
-        <v>642</v>
+        <v>383</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D332" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E332" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H332" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I332" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J332" s="1" t="s">
-        <v>635</v>
+        <v>170</v>
       </c>
       <c r="K332" s="1" t="s">
-        <v>643</v>
+        <v>384</v>
       </c>
       <c r="L332" s="2">
-        <v>24141</v>
+        <v>41776</v>
       </c>
       <c r="M332" s="2">
-        <v>24141</v>
+        <v>41776</v>
       </c>
       <c r="N332" s="1" t="s">
-        <v>531</v>
+        <v>186</v>
       </c>
     </row>
     <row r="333" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A333">
-        <v>35540877</v>
+        <v>36716639</v>
       </c>
       <c r="B333" s="1" t="s">
-        <v>825</v>
+        <v>665</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D333" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E333" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H333" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I333" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J333" s="1" t="s">
-        <v>756</v>
+        <v>592</v>
       </c>
       <c r="K333" s="1" t="s">
-        <v>826</v>
+        <v>666</v>
       </c>
       <c r="N333" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="334" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A334">
-        <v>35540885</v>
+        <v>35540875</v>
       </c>
       <c r="B334" s="1" t="s">
-        <v>843</v>
+        <v>863</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D334" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E334" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H334" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I334" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J334" s="1" t="s">
-        <v>756</v>
+        <v>802</v>
       </c>
       <c r="K334" s="1" t="s">
-        <v>844</v>
+        <v>864</v>
       </c>
       <c r="L334" s="2">
-        <v>21916</v>
+        <v>12420</v>
       </c>
       <c r="M334" s="2">
-        <v>21916</v>
+        <v>16714</v>
       </c>
       <c r="N334" s="1" t="s">
-        <v>70</v>
+        <v>865</v>
       </c>
     </row>
     <row r="335" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A335">
-        <v>36716644</v>
+        <v>35540876</v>
       </c>
       <c r="B335" s="1" t="s">
-        <v>630</v>
+        <v>866</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D335" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E335" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G335" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H335" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I335" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J335" s="1" t="s">
-        <v>545</v>
+        <v>802</v>
       </c>
       <c r="K335" s="1" t="s">
-        <v>631</v>
+        <v>867</v>
+      </c>
+      <c r="L335" s="2">
+        <v>16803</v>
+      </c>
+      <c r="M335" s="2">
+        <v>21128</v>
       </c>
       <c r="N335" s="1" t="s">
-        <v>16</v>
+        <v>868</v>
       </c>
     </row>
     <row r="336" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A336">
-        <v>36716641</v>
+        <v>35540894</v>
       </c>
       <c r="B336" s="1" t="s">
-        <v>623</v>
+        <v>909</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D336" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E336" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G336" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H336" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I336" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J336" s="1" t="s">
-        <v>545</v>
+        <v>802</v>
       </c>
       <c r="K336" s="1" t="s">
-        <v>624</v>
+        <v>910</v>
       </c>
       <c r="L336" s="2">
-        <v>31048</v>
+        <v>24838</v>
       </c>
       <c r="M336" s="2">
-        <v>31048</v>
+        <v>25416</v>
       </c>
       <c r="N336" s="1" t="s">
-        <v>625</v>
+        <v>911</v>
       </c>
     </row>
     <row r="337" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A337">
-        <v>39948540</v>
+        <v>40281818</v>
       </c>
       <c r="B337" s="1" t="s">
-        <v>338</v>
+        <v>110</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D337" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E337" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H337" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I337" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J337" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K337" s="1" t="s">
-        <v>339</v>
+        <v>111</v>
       </c>
       <c r="L337" s="2">
-        <v>42132</v>
+        <v>21193</v>
       </c>
       <c r="M337" s="2">
-        <v>42132</v>
+        <v>21193</v>
       </c>
       <c r="N337" s="1" t="s">
-        <v>128</v>
+        <v>101</v>
       </c>
     </row>
     <row r="338" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A338">
-        <v>39948541</v>
+        <v>40281802</v>
       </c>
       <c r="B338" s="1" t="s">
-        <v>340</v>
+        <v>75</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>122</v>
+        <v>65</v>
       </c>
       <c r="D338" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E338" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H338" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I338" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J338" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K338" s="1" t="s">
-        <v>341</v>
+        <v>76</v>
       </c>
       <c r="L338" s="2">
-        <v>45229</v>
+        <v>20423</v>
       </c>
       <c r="M338" s="2">
-        <v>45229</v>
+        <v>20423</v>
       </c>
       <c r="N338" s="1" t="s">
-        <v>125</v>
+        <v>77</v>
       </c>
     </row>
     <row r="339" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A339">
-        <v>36716638</v>
+        <v>40281801</v>
       </c>
       <c r="B339" s="1" t="s">
-        <v>616</v>
+        <v>72</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="D339" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E339" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G339" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H339" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I339" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J339" s="1" t="s">
-        <v>545</v>
+        <v>66</v>
       </c>
       <c r="K339" s="1" t="s">
-        <v>617</v>
+        <v>73</v>
+      </c>
+      <c r="L339" s="2">
+        <v>20612</v>
+      </c>
+      <c r="M339" s="2">
+        <v>20612</v>
       </c>
       <c r="N339" s="1" t="s">
-        <v>16</v>
+        <v>74</v>
       </c>
     </row>
     <row r="340" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A340">
-        <v>39176723</v>
+        <v>40281803</v>
       </c>
       <c r="B340" s="1" t="s">
-        <v>529</v>
+        <v>78</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="D340" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E340" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H340" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I340" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J340" s="1" t="s">
-        <v>508</v>
+        <v>66</v>
       </c>
       <c r="K340" s="1" t="s">
-        <v>530</v>
+        <v>79</v>
       </c>
       <c r="L340" s="2">
-        <v>24108</v>
+        <v>20465</v>
       </c>
       <c r="M340" s="2">
-        <v>24108</v>
+        <v>20465</v>
       </c>
       <c r="N340" s="1" t="s">
-        <v>531</v>
+        <v>74</v>
       </c>
     </row>
     <row r="341" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A341">
-        <v>36605637</v>
+        <v>36502833</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>644</v>
+        <v>738</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D341" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E341" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H341" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I341" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J341" s="1" t="s">
-        <v>635</v>
+        <v>725</v>
       </c>
       <c r="K341" s="1" t="s">
-        <v>645</v>
+        <v>739</v>
       </c>
       <c r="L341" s="2">
-        <v>23012</v>
+        <v>19360</v>
       </c>
       <c r="M341" s="2">
-        <v>23012</v>
+        <v>19360</v>
       </c>
       <c r="N341" s="1" t="s">
-        <v>79</v>
+        <v>737</v>
       </c>
     </row>
     <row r="342" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A342">
-        <v>39572867</v>
+        <v>36716645</v>
       </c>
       <c r="B342" s="1" t="s">
-        <v>440</v>
+        <v>679</v>
       </c>
       <c r="C342" s="1" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D342" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E342" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H342" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I342" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J342" s="1" t="s">
-        <v>17</v>
+        <v>592</v>
       </c>
       <c r="K342" s="1" t="s">
-        <v>441</v>
-[...5 lines deleted...]
-        <v>20821</v>
+        <v>680</v>
       </c>
       <c r="N342" s="1" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="343" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A343">
-        <v>36502834</v>
+        <v>36605636</v>
       </c>
       <c r="B343" s="1" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="C343" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D343" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E343" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H343" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I343" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J343" s="1" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="K343" s="1" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="L343" s="2">
-        <v>20821</v>
+        <v>24141</v>
       </c>
       <c r="M343" s="2">
-        <v>20821</v>
+        <v>24141</v>
       </c>
       <c r="N343" s="1" t="s">
-        <v>22</v>
+        <v>578</v>
       </c>
     </row>
     <row r="344" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A344">
-        <v>36502847</v>
+        <v>35540877</v>
       </c>
       <c r="B344" s="1" t="s">
-        <v>724</v>
+        <v>869</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D344" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E344" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H344" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I344" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J344" s="1" t="s">
-        <v>679</v>
+        <v>802</v>
       </c>
       <c r="K344" s="1" t="s">
-        <v>725</v>
-[...5 lines deleted...]
-        <v>20090</v>
+        <v>870</v>
       </c>
       <c r="N344" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="345" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A345">
-        <v>36502829</v>
+        <v>35540885</v>
       </c>
       <c r="B345" s="1" t="s">
-        <v>682</v>
+        <v>887</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D345" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E345" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G345" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H345" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I345" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J345" s="1" t="s">
-        <v>679</v>
+        <v>802</v>
       </c>
       <c r="K345" s="1" t="s">
-        <v>683</v>
+        <v>888</v>
       </c>
       <c r="L345" s="2">
-        <v>19725</v>
+        <v>21916</v>
       </c>
       <c r="M345" s="2">
-        <v>19725</v>
+        <v>21916</v>
       </c>
       <c r="N345" s="1" t="s">
-        <v>684</v>
+        <v>54</v>
       </c>
     </row>
     <row r="346" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A346">
-        <v>39948542</v>
+        <v>36716644</v>
       </c>
       <c r="B346" s="1" t="s">
-        <v>342</v>
+        <v>677</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D346" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E346" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H346" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I346" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J346" s="1" t="s">
-        <v>123</v>
+        <v>592</v>
       </c>
       <c r="K346" s="1" t="s">
-        <v>343</v>
-[...5 lines deleted...]
-        <v>42207</v>
+        <v>678</v>
       </c>
       <c r="N346" s="1" t="s">
-        <v>128</v>
+        <v>16</v>
       </c>
     </row>
     <row r="347" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A347">
-        <v>39463937</v>
+        <v>36716641</v>
       </c>
       <c r="B347" s="1" t="s">
-        <v>499</v>
+        <v>670</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E347" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H347" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I347" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J347" s="1" t="s">
-        <v>501</v>
+        <v>592</v>
       </c>
       <c r="K347" s="1" t="s">
-        <v>502</v>
+        <v>671</v>
       </c>
       <c r="L347" s="2">
-        <v>26563</v>
+        <v>31048</v>
       </c>
       <c r="M347" s="2">
-        <v>26563</v>
+        <v>31048</v>
       </c>
       <c r="N347" s="1" t="s">
-        <v>118</v>
+        <v>672</v>
       </c>
     </row>
     <row r="348" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A348">
-        <v>36502846</v>
+        <v>39948540</v>
       </c>
       <c r="B348" s="1" t="s">
-        <v>722</v>
+        <v>385</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>564</v>
+        <v>169</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E348" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G348" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H348" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I348" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J348" s="1" t="s">
-        <v>679</v>
+        <v>170</v>
       </c>
       <c r="K348" s="1" t="s">
-        <v>723</v>
+        <v>386</v>
       </c>
       <c r="L348" s="2">
-        <v>20090</v>
+        <v>42132</v>
       </c>
       <c r="M348" s="2">
-        <v>20090</v>
+        <v>42132</v>
       </c>
       <c r="N348" s="1" t="s">
-        <v>28</v>
+        <v>175</v>
       </c>
     </row>
     <row r="349" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A349">
-        <v>36599108</v>
+        <v>39948541</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>676</v>
+        <v>387</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E349" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G349" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H349" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I349" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J349" s="1" t="s">
-        <v>635</v>
+        <v>170</v>
       </c>
       <c r="K349" s="1" t="s">
-        <v>677</v>
+        <v>388</v>
       </c>
       <c r="L349" s="2">
-        <v>21064</v>
+        <v>45229</v>
       </c>
       <c r="M349" s="2">
-        <v>21064</v>
+        <v>45229</v>
       </c>
       <c r="N349" s="1" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
     </row>
     <row r="350" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A350">
-        <v>36502835</v>
+        <v>36716638</v>
       </c>
       <c r="B350" s="1" t="s">
-        <v>696</v>
+        <v>663</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E350" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G350" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H350" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I350" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J350" s="1" t="s">
-        <v>679</v>
+        <v>592</v>
       </c>
       <c r="K350" s="1" t="s">
-        <v>697</v>
-[...5 lines deleted...]
-        <v>20090</v>
+        <v>664</v>
       </c>
       <c r="N350" s="1" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
     </row>
     <row r="351" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A351">
-        <v>39948543</v>
+        <v>41088368</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>344</v>
+        <v>49</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D351" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E351" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G351" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H351" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I351" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J351" s="1" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K351" s="1" t="s">
-        <v>345</v>
+        <v>50</v>
       </c>
       <c r="L351" s="2">
-        <v>41772</v>
+        <v>16660</v>
       </c>
       <c r="M351" s="2">
-        <v>41772</v>
+        <v>20090</v>
       </c>
       <c r="N351" s="1" t="s">
-        <v>139</v>
+        <v>51</v>
       </c>
     </row>
     <row r="352" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A352">
-        <v>39948544</v>
+        <v>41088370</v>
       </c>
       <c r="B352" s="1" t="s">
-        <v>346</v>
+        <v>55</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D352" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E352" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H352" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I352" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J352" s="1" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K352" s="1" t="s">
-        <v>347</v>
+        <v>56</v>
       </c>
       <c r="L352" s="2">
-        <v>41769</v>
+        <v>21921</v>
       </c>
       <c r="M352" s="2">
-        <v>41769</v>
+        <v>23257</v>
       </c>
       <c r="N352" s="1" t="s">
-        <v>139</v>
+        <v>57</v>
       </c>
     </row>
     <row r="353" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A353">
-        <v>39948545</v>
+        <v>41088369</v>
       </c>
       <c r="B353" s="1" t="s">
-        <v>348</v>
+        <v>52</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D353" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E353" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G353" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H353" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I353" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J353" s="1" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K353" s="1" t="s">
-        <v>349</v>
+        <v>53</v>
       </c>
       <c r="L353" s="2">
-        <v>42146</v>
+        <v>22190</v>
       </c>
       <c r="M353" s="2">
-        <v>42146</v>
+        <v>22251</v>
       </c>
       <c r="N353" s="1" t="s">
-        <v>128</v>
+        <v>54</v>
       </c>
     </row>
     <row r="354" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A354">
-        <v>39948546</v>
+        <v>39176723</v>
       </c>
       <c r="B354" s="1" t="s">
-        <v>350</v>
+        <v>576</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D354" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E354" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G354" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H354" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I354" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J354" s="1" t="s">
-        <v>123</v>
+        <v>555</v>
       </c>
       <c r="K354" s="1" t="s">
-        <v>351</v>
+        <v>577</v>
       </c>
       <c r="L354" s="2">
-        <v>42180</v>
+        <v>24108</v>
       </c>
       <c r="M354" s="2">
-        <v>42180</v>
+        <v>24108</v>
       </c>
       <c r="N354" s="1" t="s">
-        <v>128</v>
+        <v>578</v>
       </c>
     </row>
     <row r="355" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A355">
-        <v>39948547</v>
+        <v>36605637</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>352</v>
+        <v>691</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E355" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H355" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I355" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J355" s="1" t="s">
-        <v>123</v>
+        <v>682</v>
       </c>
       <c r="K355" s="1" t="s">
-        <v>353</v>
+        <v>692</v>
       </c>
       <c r="L355" s="2">
-        <v>41765</v>
+        <v>23012</v>
       </c>
       <c r="M355" s="2">
-        <v>41765</v>
+        <v>23012</v>
       </c>
       <c r="N355" s="1" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
     </row>
     <row r="356" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A356">
-        <v>39948548</v>
+        <v>39572867</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>354</v>
+        <v>487</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>122</v>
+        <v>16</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E356" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H356" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I356" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J356" s="1" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="K356" s="1" t="s">
-        <v>355</v>
+        <v>488</v>
       </c>
       <c r="L356" s="2">
-        <v>41790</v>
+        <v>20821</v>
       </c>
       <c r="M356" s="2">
-        <v>41790</v>
+        <v>20821</v>
       </c>
       <c r="N356" s="1" t="s">
-        <v>139</v>
+        <v>71</v>
       </c>
     </row>
     <row r="357" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A357">
-        <v>40281821</v>
+        <v>36502834</v>
       </c>
       <c r="B357" s="1" t="s">
-        <v>68</v>
+        <v>740</v>
       </c>
       <c r="C357" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E357" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G357" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H357" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I357" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J357" s="1" t="s">
-        <v>17</v>
+        <v>725</v>
       </c>
       <c r="K357" s="1" t="s">
-        <v>69</v>
+        <v>741</v>
       </c>
       <c r="L357" s="2">
-        <v>22281</v>
+        <v>20821</v>
       </c>
       <c r="M357" s="2">
-        <v>22281</v>
+        <v>20821</v>
       </c>
       <c r="N357" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="358" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A358">
-        <v>40281814</v>
+        <v>36502847</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>53</v>
+        <v>770</v>
       </c>
       <c r="C358" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E358" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H358" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I358" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J358" s="1" t="s">
-        <v>17</v>
+        <v>725</v>
       </c>
       <c r="K358" s="1" t="s">
-        <v>54</v>
+        <v>771</v>
       </c>
       <c r="L358" s="2">
-        <v>21186</v>
+        <v>20090</v>
       </c>
       <c r="M358" s="2">
-        <v>21186</v>
+        <v>20090</v>
       </c>
       <c r="N358" s="1" t="s">
-        <v>52</v>
+        <v>77</v>
       </c>
     </row>
     <row r="359" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A359">
-        <v>36502841</v>
+        <v>36502829</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>708</v>
+        <v>728</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E359" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H359" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I359" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J359" s="1" t="s">
-        <v>679</v>
+        <v>725</v>
       </c>
       <c r="K359" s="1" t="s">
-        <v>709</v>
+        <v>729</v>
       </c>
       <c r="L359" s="2">
-        <v>25569</v>
+        <v>19725</v>
       </c>
       <c r="M359" s="2">
-        <v>25569</v>
+        <v>19725</v>
       </c>
       <c r="N359" s="1" t="s">
-        <v>510</v>
+        <v>730</v>
       </c>
     </row>
     <row r="360" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A360">
-        <v>39948549</v>
+        <v>41088371</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>356</v>
+        <v>58</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E360" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H360" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I360" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J360" s="1" t="s">
-        <v>123</v>
+        <v>17</v>
       </c>
       <c r="K360" s="1" t="s">
-        <v>357</v>
+        <v>59</v>
       </c>
       <c r="L360" s="2">
-        <v>42212</v>
+        <v>18264</v>
       </c>
       <c r="M360" s="2">
-        <v>42212</v>
+        <v>18264</v>
       </c>
       <c r="N360" s="1" t="s">
-        <v>128</v>
+        <v>60</v>
       </c>
     </row>
     <row r="361" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A361">
-        <v>39176724</v>
+        <v>39948542</v>
       </c>
       <c r="B361" s="1" t="s">
-        <v>532</v>
+        <v>389</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E361" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G361" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H361" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I361" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J361" s="1" t="s">
-        <v>508</v>
+        <v>170</v>
       </c>
       <c r="K361" s="1" t="s">
-        <v>533</v>
+        <v>390</v>
       </c>
       <c r="L361" s="2">
-        <v>25204</v>
+        <v>42207</v>
       </c>
       <c r="M361" s="2">
-        <v>25204</v>
+        <v>42207</v>
       </c>
       <c r="N361" s="1" t="s">
-        <v>112</v>
+        <v>175</v>
       </c>
     </row>
     <row r="362" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A362">
-        <v>35540896</v>
+        <v>39463937</v>
       </c>
       <c r="B362" s="1" t="s">
-        <v>871</v>
+        <v>546</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>109</v>
+        <v>547</v>
       </c>
       <c r="D362" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E362" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G362" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H362" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I362" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J362" s="1" t="s">
-        <v>756</v>
+        <v>548</v>
       </c>
       <c r="K362" s="1" t="s">
-        <v>872</v>
+        <v>549</v>
       </c>
       <c r="L362" s="2">
-        <v>35431</v>
+        <v>26563</v>
       </c>
       <c r="M362" s="2">
-        <v>35431</v>
+        <v>26563</v>
       </c>
       <c r="N362" s="1" t="s">
-        <v>873</v>
+        <v>165</v>
       </c>
     </row>
     <row r="363" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A363">
-        <v>35540900</v>
+        <v>36502846</v>
       </c>
       <c r="B363" s="1" t="s">
-        <v>880</v>
+        <v>768</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>109</v>
+        <v>611</v>
       </c>
       <c r="D363" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E363" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G363" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H363" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I363" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J363" s="1" t="s">
-        <v>756</v>
+        <v>725</v>
       </c>
       <c r="K363" s="1" t="s">
-        <v>881</v>
+        <v>769</v>
       </c>
       <c r="L363" s="2">
-        <v>36526</v>
+        <v>20090</v>
       </c>
       <c r="M363" s="2">
-        <v>36526</v>
+        <v>20090</v>
       </c>
       <c r="N363" s="1" t="s">
-        <v>882</v>
+        <v>77</v>
       </c>
     </row>
     <row r="364" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A364">
-        <v>35540898</v>
+        <v>36599108</v>
       </c>
       <c r="B364" s="1" t="s">
-        <v>876</v>
+        <v>722</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D364" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E364" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H364" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I364" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J364" s="1" t="s">
-        <v>756</v>
+        <v>682</v>
       </c>
       <c r="K364" s="1" t="s">
-        <v>877</v>
+        <v>723</v>
       </c>
       <c r="L364" s="2">
-        <v>35431</v>
+        <v>21064</v>
       </c>
       <c r="M364" s="2">
-        <v>35431</v>
+        <v>21064</v>
       </c>
       <c r="N364" s="1" t="s">
-        <v>873</v>
+        <v>71</v>
       </c>
     </row>
     <row r="365" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A365">
-        <v>35540899</v>
+        <v>36502835</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>878</v>
+        <v>742</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D365" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E365" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H365" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I365" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J365" s="1" t="s">
-        <v>756</v>
+        <v>725</v>
       </c>
       <c r="K365" s="1" t="s">
-        <v>879</v>
+        <v>743</v>
       </c>
       <c r="L365" s="2">
-        <v>35431</v>
+        <v>20090</v>
       </c>
       <c r="M365" s="2">
-        <v>35431</v>
+        <v>20090</v>
       </c>
       <c r="N365" s="1" t="s">
-        <v>873</v>
+        <v>77</v>
       </c>
     </row>
     <row r="366" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A366">
-        <v>35540897</v>
+        <v>39948543</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>874</v>
+        <v>391</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D366" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E366" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G366" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H366" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I366" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J366" s="1" t="s">
-        <v>756</v>
+        <v>170</v>
       </c>
       <c r="K366" s="1" t="s">
-        <v>875</v>
+        <v>392</v>
       </c>
       <c r="L366" s="2">
-        <v>35431</v>
+        <v>41772</v>
       </c>
       <c r="M366" s="2">
-        <v>35431</v>
+        <v>41772</v>
       </c>
       <c r="N366" s="1" t="s">
-        <v>873</v>
+        <v>186</v>
       </c>
     </row>
     <row r="367" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A367">
-        <v>39948550</v>
+        <v>39948544</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>358</v>
+        <v>393</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E367" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H367" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I367" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J367" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K367" s="1" t="s">
-        <v>359</v>
+        <v>394</v>
       </c>
       <c r="L367" s="2">
-        <v>42205</v>
+        <v>41769</v>
       </c>
       <c r="M367" s="2">
-        <v>42205</v>
+        <v>41769</v>
       </c>
       <c r="N367" s="1" t="s">
-        <v>128</v>
+        <v>186</v>
       </c>
     </row>
     <row r="368" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A368">
-        <v>39948551</v>
+        <v>39948545</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>360</v>
+        <v>395</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="D368" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E368" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G368" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H368" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I368" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J368" s="1" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="K368" s="1" t="s">
-        <v>361</v>
+        <v>396</v>
       </c>
       <c r="L368" s="2">
-        <v>42179</v>
+        <v>42146</v>
       </c>
       <c r="M368" s="2">
-        <v>42179</v>
+        <v>42146</v>
       </c>
       <c r="N368" s="1" t="s">
-        <v>128</v>
+        <v>175</v>
       </c>
     </row>
     <row r="369" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A369">
-        <v>40281825</v>
+        <v>39948546</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>77</v>
+        <v>397</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D369" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E369" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G369" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H369" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I369" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J369" s="1" t="s">
-        <v>17</v>
+        <v>170</v>
       </c>
       <c r="K369" s="1" t="s">
-        <v>78</v>
+        <v>398</v>
       </c>
       <c r="L369" s="2">
-        <v>23012</v>
+        <v>42180</v>
       </c>
       <c r="M369" s="2">
-        <v>23012</v>
+        <v>42180</v>
       </c>
       <c r="N369" s="1" t="s">
-        <v>79</v>
+        <v>175</v>
       </c>
     </row>
     <row r="370" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A370">
-        <v>36469443</v>
+        <v>39948547</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>744</v>
+        <v>399</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E370" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G370" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H370" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I370" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J370" s="1" t="s">
-        <v>741</v>
+        <v>170</v>
       </c>
       <c r="K370" s="1" t="s">
-        <v>745</v>
+        <v>400</v>
       </c>
       <c r="L370" s="2">
-        <v>24838</v>
+        <v>41765</v>
       </c>
       <c r="M370" s="2">
-        <v>24838</v>
+        <v>41765</v>
       </c>
       <c r="N370" s="1" t="s">
-        <v>487</v>
+        <v>186</v>
       </c>
     </row>
     <row r="371" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A371">
-        <v>36469444</v>
+        <v>39948548</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>746</v>
+        <v>401</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>109</v>
+        <v>169</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E371" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G371" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H371" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I371" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J371" s="1" t="s">
-        <v>741</v>
+        <v>170</v>
       </c>
       <c r="K371" s="1" t="s">
-        <v>747</v>
+        <v>402</v>
       </c>
       <c r="L371" s="2">
-        <v>26299</v>
+        <v>41790</v>
       </c>
       <c r="M371" s="2">
-        <v>26299</v>
+        <v>41790</v>
       </c>
       <c r="N371" s="1" t="s">
-        <v>118</v>
+        <v>186</v>
       </c>
     </row>
     <row r="372" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A372">
-        <v>36469445</v>
+        <v>40281821</v>
       </c>
       <c r="B372" s="1" t="s">
-        <v>748</v>
+        <v>117</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E372" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G372" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H372" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I372" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J372" s="1" t="s">
-        <v>741</v>
+        <v>66</v>
       </c>
       <c r="K372" s="1" t="s">
-        <v>749</v>
+        <v>118</v>
       </c>
       <c r="L372" s="2">
-        <v>33970</v>
+        <v>22281</v>
       </c>
       <c r="M372" s="2">
-        <v>33970</v>
+        <v>22281</v>
       </c>
       <c r="N372" s="1" t="s">
-        <v>750</v>
+        <v>54</v>
       </c>
     </row>
     <row r="373" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A373">
-        <v>36469446</v>
+        <v>40281814</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>751</v>
+        <v>102</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E373" s="1" t="s">
         <v>16</v>
       </c>
       <c r="F373" s="1" t="s">
         <v>16</v>
       </c>
       <c r="G373" s="1" t="s">
         <v>16</v>
       </c>
       <c r="H373" s="1" t="s">
         <v>16</v>
       </c>
       <c r="I373" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J373" s="1" t="s">
-        <v>741</v>
+        <v>66</v>
       </c>
       <c r="K373" s="1" t="s">
-        <v>752</v>
+        <v>103</v>
       </c>
       <c r="L373" s="2">
-        <v>26665</v>
+        <v>21186</v>
       </c>
       <c r="M373" s="2">
-        <v>26665</v>
+        <v>21186</v>
       </c>
       <c r="N373" s="1" t="s">
-        <v>658</v>
+        <v>101</v>
       </c>
     </row>
     <row r="374" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A374">
+        <v>36502841</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="C374" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E374" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F374" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H374" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I374" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J374" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="K374" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="L374" s="2">
+        <v>25569</v>
+      </c>
+      <c r="M374" s="2">
+        <v>25569</v>
+      </c>
+      <c r="N374" s="1" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="375" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A375">
+        <v>39948549</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="C375" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E375" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F375" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H375" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I375" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J375" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="K375" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="L375" s="2">
+        <v>42212</v>
+      </c>
+      <c r="M375" s="2">
+        <v>42212</v>
+      </c>
+      <c r="N375" s="1" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="376" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A376">
+        <v>41088372</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C376" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E376" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H376" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I376" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J376" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K376" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="L376" s="2">
+        <v>23077</v>
+      </c>
+      <c r="M376" s="2">
+        <v>24285</v>
+      </c>
+      <c r="N376" s="1" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="377" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A377">
+        <v>39176724</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C377" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E377" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H377" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I377" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J377" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="K377" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="L377" s="2">
+        <v>25204</v>
+      </c>
+      <c r="M377" s="2">
+        <v>25204</v>
+      </c>
+      <c r="N377" s="1" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="378" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A378">
+        <v>35540896</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="C378" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E378" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H378" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I378" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J378" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="K378" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="L378" s="2">
+        <v>35431</v>
+      </c>
+      <c r="M378" s="2">
+        <v>35431</v>
+      </c>
+      <c r="N378" s="1" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="379" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A379">
+        <v>35540900</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>924</v>
+      </c>
+      <c r="C379" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E379" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F379" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H379" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I379" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J379" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="K379" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="L379" s="2">
+        <v>36526</v>
+      </c>
+      <c r="M379" s="2">
+        <v>36526</v>
+      </c>
+      <c r="N379" s="1" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="380" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A380">
+        <v>35540898</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="C380" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E380" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H380" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I380" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J380" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="K380" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="L380" s="2">
+        <v>35431</v>
+      </c>
+      <c r="M380" s="2">
+        <v>35431</v>
+      </c>
+      <c r="N380" s="1" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="381" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A381">
+        <v>35540899</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="C381" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E381" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F381" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H381" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I381" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J381" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="K381" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="L381" s="2">
+        <v>35431</v>
+      </c>
+      <c r="M381" s="2">
+        <v>35431</v>
+      </c>
+      <c r="N381" s="1" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="382" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A382">
+        <v>35540897</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="C382" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E382" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H382" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I382" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J382" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="K382" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="L382" s="2">
+        <v>35431</v>
+      </c>
+      <c r="M382" s="2">
+        <v>35431</v>
+      </c>
+      <c r="N382" s="1" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="383" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A383">
+        <v>39948550</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="C383" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E383" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H383" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I383" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J383" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="K383" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="L383" s="2">
+        <v>42205</v>
+      </c>
+      <c r="M383" s="2">
+        <v>42205</v>
+      </c>
+      <c r="N383" s="1" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="384" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A384">
+        <v>39948551</v>
+      </c>
+      <c r="B384" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C384" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D384" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E384" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H384" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I384" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J384" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="K384" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="L384" s="2">
+        <v>42179</v>
+      </c>
+      <c r="M384" s="2">
+        <v>42179</v>
+      </c>
+      <c r="N384" s="1" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="385" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A385">
+        <v>40281825</v>
+      </c>
+      <c r="B385" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="C385" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="D385" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E385" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F385" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H385" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I385" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J385" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="K385" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="L385" s="2">
+        <v>23012</v>
+      </c>
+      <c r="M385" s="2">
+        <v>23012</v>
+      </c>
+      <c r="N385" s="1" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="386" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A386">
+        <v>36469443</v>
+      </c>
+      <c r="B386" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="C386" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D386" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E386" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H386" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I386" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J386" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="K386" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="L386" s="2">
+        <v>24838</v>
+      </c>
+      <c r="M386" s="2">
+        <v>24838</v>
+      </c>
+      <c r="N386" s="1" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="387" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A387">
+        <v>36469444</v>
+      </c>
+      <c r="B387" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C387" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D387" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E387" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F387" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H387" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I387" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J387" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="K387" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="L387" s="2">
+        <v>26299</v>
+      </c>
+      <c r="M387" s="2">
+        <v>26299</v>
+      </c>
+      <c r="N387" s="1" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="388" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A388">
+        <v>36469445</v>
+      </c>
+      <c r="B388" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="C388" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D388" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E388" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F388" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H388" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I388" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J388" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="K388" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="L388" s="2">
+        <v>33970</v>
+      </c>
+      <c r="M388" s="2">
+        <v>33970</v>
+      </c>
+      <c r="N388" s="1" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="389" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A389">
+        <v>36469446</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E389" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H389" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I389" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J389" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="K389" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="L389" s="2">
+        <v>26665</v>
+      </c>
+      <c r="M389" s="2">
+        <v>26665</v>
+      </c>
+      <c r="N389" s="1" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="390" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A390">
         <v>36469447</v>
       </c>
-      <c r="B374" s="1" t="s">
-[...29 lines deleted...]
-      <c r="L374" s="2">
+      <c r="B390" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E390" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="H390" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="I390" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J390" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="K390" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="L390" s="2">
         <v>24838</v>
       </c>
-      <c r="M374" s="2">
+      <c r="M390" s="2">
         <v>24838</v>
       </c>
-      <c r="N374" s="1" t="s">
-        <v>487</v>
+      <c r="N390" s="1" t="s">
+        <v>534</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M I E A A B Q S w M E F A A C A A g A 5 I R B W 1 y V C z + k A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 B D o I w F E S v Q r q n L a D R k E 9 Z u J X E h G j c N r V C I 3 w M F M v d X H g k r y B G U X c u 5 8 1 b z N y v N 0 i H u v I u u u 1 M g w k J K C e e R t U c D B Y J 6 e 3 R X 5 J U w E a q k y y 0 N 8 r Y x U N 3 S E h p 7 T l m z D l H X U S b t m A h 5 w H b Z + t c l b q W 5 C O b / 7 J v s L M S l S Y C d q 8 x I q T B b E H n P K I c 2 A Q h M / g V w n H v s / 2 B s O o r 2 7 d a a P S 3 O b A p A n t / E A 9 Q S w M E F A A C A A g A 5 I R B W w / K 6 a u k A A A A 6 Q A A A B M A H A B b Q 2 9 u d G V u d F 9 U e X B l c 1 0 u e G 1 s I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A G 2 O S w 7 C M A x E r x J 5 n 7 q w Q A g 1 Z Q H c g A t E w f 2 I 5 q P G R e F s L D g S V y B t d 4 i l Z + Z 5 5 v N 6 V 8 d k B / G g M f b e K d g U J Q h y x t 9 6 1 y q Y u J F 7 O N b V 9 R k o i h x 1 U U H H H A 6 I 0 X R k d S x 8 I J e d x o 9 W c z 7 H F o M 2 d 9 0 S b s t y h 8 Y 7 J s e S 5 x 9 Q V 2 d q 9 D S w u K Q s r 7 U Z B 3 F a c 3 O V A q b E u M j 4 l 7 A / e R 3 C 0 B v N 2 c Q k b Z R 2 I X E Z X n 8 B U E s D B B Q A A g A I A O S E Q V v d r 7 D B v A E A A I E D A A A T A B w A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b S C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A C F k k 1 v 2 k A Q h u 9 I / I e V c z G S g z C 4 K G n k Q 2 s T l Q o R Y j s n n M N m P Y G V 9 i P d H d M g l P / e d e 0 o q Y x U X 3 Z 3 3 k f v f H g s M O R a k b w 9 w 5 v h Y D i w e 2 q g I h c e c h R w K b j F y 3 B 2 H c 0 j j 8 R E A A 4 H x H 2 5 r g 0 D F 0 n s Y Z x q V k t Q 6 N 9 y A e N E K 3 Q P 6 3 v J 1 / L B g r G l 1 E w r p U 2 Z 6 t 9 K a F r Z E u V L 2 U s x Z v b g j Y J t C o J L j m B i L / A C k m h R S 2 X j M A r I Q j F d c b W L 5 1 8 m k z A g 9 7 V G y P E o I P 6 4 j t d a w e M o a G u 9 8 D Z G S 6 d V 5 A f Q y h X U t F L Q J w d 2 S h f 3 2 7 Y C s u 3 i 3 4 T I G R X U 2 B h N / d k y 2 V O 1 c 4 7 F 8 Q U + 7 A p D l X 3 W R r Y l N 6 L 1 z + Q P T i e v A C P J M n X 9 L R W 6 3 h v 4 L S A n b 0 0 l b K f T e T S b X D 8 6 G Z 1 A E F 7 x r 5 q B b W f f 8 C 0 W T v v Y M s / X n X r V V + + S V d K p Z 1 J s B H X + + p l s 6 i f B G W 2 2 o 6 W n k z N 0 A 9 k 9 m A 4 J + 8 i t g V 8 1 K H b s k D P 1 Z i A + 5 5 n 1 i W 7 l 3 C w P v H K z / P 7 u F v X Z n 3 l x l 5 G H b N V T F t Q I D h b J 4 p U y J C l F e G c q d 0 c u 2 5 + w c o / / U 4 k + g K E 7 I H 6 D k K z Z i d E / O d 9 G w w F X Z 7 f m 5 g 9 Q S w E C L Q A U A A I A C A D k h E F b X J U L P 6 Q A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A 5 I R B W w / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A D k h E F b 3 a + w w b w B A A C B A w A A E w A A A A A A A A A A A A A A A A D h A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A D q A w A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 7 Y E g A A A A A A A L Y S A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M 1 Y W Y 3 N G U 5 O S 0 y N D J k L T Q 0 M 2 M t Y m R k Y i 0 y O D g 4 M z Q 3 Z G U z M W M i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z d G l 0 b G V f b G l z d F 8 x M z k 0 N j Q i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x l Z E N v b X B s Z X R l U m V z d W x 0 V G 9 X b 3 J r c 2 h l Z X Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M z c z I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 1 L T E w L T A x V D I w O j M 5 O j A 4 L j Y 1 M j M w M T Z a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q X d Z R 0 J n W U d C Z 1 l H Q m d Z S E J 3 W T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 V G V y b S B J R C Z x d W 9 0 O y w m c X V v d D t O Y W 1 l W z I y N j Q z M D l d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 J l c 2 9 1 c m N l I F R 5 c G V b M j I 2 N D M x M l 0 m c X V v d D s s J n F 1 b 3 Q 7 S V N T T l s y M j Y 0 M z E 4 X S Z x d W 9 0 O y w m c X V v d D t P Q 0 x D W z I y N j Q z M T l d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y N j Q z M j B d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B 1 Y m x p c 2 h l c l s y M j Y 0 M z I x X S Z x d W 9 0 O y w m c X V v d D t G c m V x d W V u Y 3 l b M j I 2 N D M y M l 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 b M j I 2 N D M y M 1 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y N j Q z M j R d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 p T V E 9 S I F V S T C Z x d W 9 0 O y w m c X V v d D t F Y X J s a W V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 x h d G V z d C B F e G F j d C B E Y X R l J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j E 0 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M j I 2 N D M w O V 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M z E y X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z I y N j Q z M T h d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M j I 2 N D M x O V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M y M F 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z I y N j Q z M j F d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z I y X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s y M j Y 0 M z I z X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M y N F 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V G V y b S B J R C w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t O Y W 1 l W z I y N j Q z M D l d L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l c 2 9 1 c m N l I F R 5 c G V b M j I 2 N D M x M l 0 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S V N T T l s y M j Y 0 M z E 4 X S w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t P Q 0 x D W z I y N j Q z M T l d L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B s Y W N l I G 9 m I F B 1 Y m x p Y 2 F 0 a W 9 u W z I y N j Q z M j B d L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B 1 Y m x p c 2 h l c l s y M j Y 0 M z I x X S w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t G c m V x d W V u Y 3 l b M j I 2 N D M y M l 0 s N 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V s Y X R p b 2 5 b M j I 2 N D M y M 1 0 s O H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U 2 9 1 c m N l I F B y b 3 Z p Z G V k I E J 5 W z I y N j Q z M j R d L D l 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 p T V E 9 S I F V S T C w x M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R W F y b G l l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N v d m V y Y W d l I C h E Y X R l I F J h b m d l K S w x M 3 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 1 N v d X J j Z T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 1 B y b 2 1 v d G V k J T I w S G V h Z G V y c z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 N o Y W 5 n Z W Q l M j B U e X B l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A B P U + g N V 3 L R E g D q F o 3 W f 6 p M A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A S 5 W K j f W 4 h 7 v k V 1 2 9 O W x Z k + t q 5 R Y v H J + m S t 5 s B h l C Y J M A A A A A D o A A A A A C A A A g A A A A 2 q B C 4 m H 5 Y j S K + Z H G l H k 2 7 d c f U j Z h M 8 5 Z u q 7 y V T 9 O u N J Q A A A A l F X 1 1 / 3 b 6 v K x r P e Z t C g W v g / 1 V I T K V Z i 3 H Q 5 d n G x t y E F b d 4 e H p L 3 D t p 9 F u X U a t S g A S t J I W g o R 4 m 7 k E g A Q e 8 J X q k / T x N p T J R P W V m 9 5 P M P v 5 z B A A A A A T 7 x N M n V J Z K x d y o z 7 q / C h x z q O P U e v o g F V Q V s U 5 V Y 9 y x T S e q C D r p U Q S e v K x 8 + U F V A 7 9 S G p z X 1 n o l L a u 0 U 3 Q S 9 K F g = = < / D a t a M a s h u p > 
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A M E E A A B Q S w M E F A A C A A g A I I O B W / l h B / S j A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L e h A y K M M r p K Y E I 1 r U y o 2 w s P Q Y v k 3 B z / J X x C j q J v j P f c M 9 9 6 v N 8 j H t g k u u r e m w 4 x E l J N A o + o q g 3 V G B n c I E 5 I L 2 E h 1 k r U O J h l t O t o q I 0 f n z i l j 3 n v q F 7 T r a x Z z H r F 9 s S 7 V U b e S f G T z X w 4 N W i d R a S J g 9 x o j Y h o t E x r z a R O w G U J h 8 C v E U / d s f y C s h s Y N v R Y a w 2 0 J b I 7 A 3 h / E A 1 B L A w Q U A A I A C A A g g 4 F b D 8 r p q 6 Q A A A D p A A A A E w A c A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A b Y 5 L D s I w D E S v E n m f u r B A C D V l A d y A C 0 T B / Y j m o 8 Z F 4 W w s O B J X I G 1 3 i K V n 5 n n m 8 3 p X x 2 Q H 8 a A x 9 t 4 p 2 B Q l C H L G 3 3 r X K p i 4 k X s 4 1 t X 1 G S i K H H V R Q c c c D o j R d G R 1 L H w g l 5 3 G j 1 Z z P s c W g z Z 3 3 R J u y 3 K H x j s m x 5 L n H 1 B X Z 2 r 0 N L C 4 p C y v t R k H c V p z c 5 U C p s S 4 y P i X s D 9 5 H c L Q G 8 3 Z x C R t l H Y h c R l e f w F Q S w M E F A A C A A g A I I O B W 9 2 v s M G 8 A Q A A g Q M A A B M A H A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t I K I Y A C i g F A A A A A A A A A A A A A A A A A A A A A A A A A A A A I W S T W / a Q B C G 7 0 j 8 h 5 V z M Z K D M L g o a e R D a x O V C h F i O y e c w 2 Y 9 g Z X 2 I 9 0 d 0 y C U / 9 5 1 7 S i p j F R f d n f e R + 9 8 e C w w 5 F q R v D 3 D m + F g O L B 7 a q A i F x 5 y F H A p u M X L c H Y d z S O P x E Q A D g f E f b m u D Q M X S e x h n G p W S 1 D o 3 3 I B 4 0 Q r d A / r e 8 n X 8 s G C s a X U T C u l T Z n q 3 0 p o W t k S 5 U v Z S z F m 9 u C N g m 0 K g k u O Y G I v 8 A K S a F F L Z e M w C s h C M V 1 x t Y v n X y a T M C D 3 t U b I 8 S g g / r i O 1 1 r B 4 y h o a 7 3 w N k Z L p 1 X k B 9 D K F d S 0 U t A n B 3 Z K F / f b t g K y 7 e L f h M g Z F d T Y G E 3 9 2 T L Z U 7 V z j s X x B T 7 s C k O V f d Z G t i U 3 o v X P 5 A 9 O J 6 8 A I 8 k y d f 0 t F b r e G / g t I C d v T S V s p 9 N 5 N J t c P z o Z n U A Q X v G v m o F t Z 9 / w L R Z O + 9 g y z 9 e d e t V X 7 5 J V 0 q l n U m w E d f 7 6 m W z q J 8 E Z b b a j p a e T M 3 Q D 2 T 2 Y D g n 7 y K 2 B X z U o d u y Q M / V m I D 7 n m f W J b u X c L A + 8 c r P 8 / u 4 W 9 d m f e X G X k Y d s 1 V M W 1 A g O F s n i l T I k K U V 4 Z y p 3 R y 7 b n 7 B y j / 9 T i T 6 A o T s g f o O Q r N m J 0 T 8 5 3 0 b D A V d n t + b m D 1 B L A Q I t A B Q A A g A I A C C D g V v 5 Y Q f 0 o w A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A A g g 4 F b D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D v A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A C C D g V v d r 7 D B v A E A A I E D A A A T A A A A A A A A A A A A A A A A A O A B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A O k D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P t g S A A A A A A A A t h I A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N D w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 J m M D E 1 Y W J h L T k 3 N W I t N G V j N i 0 5 O T d l L T k w M j l h O D M 4 Y T Z h Z i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N 0 a X R s Z V 9 s a X N 0 X z E z O T Q 2 N C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w z O D k i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M T I t M D F U M j E 6 M j U 6 M D E u O T c x M D U 1 N l o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N B d 1 l H Q m d Z R 0 J n W U d C Z 1 l I Q n d Z P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t U Z X J t I E l E J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 h b W V b M j I 2 N D M w O V 0 m c X V v d D s s J n F 1 b 3 Q 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M z E y X S Z x d W 9 0 O y w m c X V v d D t J U 1 N O W z I y N j Q z M T h d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 D T E N b M j I 2 N D M x O V 0 m c X V v d D s s J n F 1 b 3 Q 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M y M F 0 m c X V v d D s s J n F 1 b 3 Q 7 U H V i b G l z a G V y W z I y N j Q z M j F d J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z I y X S Z x d W 9 0 O y w m c X V v d D t S Z W x h d G l v b l s y M j Y 0 M z I z X S Z x d W 9 0 O y w m c X V v d D t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M y N F 0 m c X V v d D s s J n F 1 b 3 Q 7 S l N U T 1 I g V V J M J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 T G F 0 Z X N 0 I E V 4 Y W N 0 I E R h d G U m c X V v d D s s J n F 1 b 3 Q 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R l c m 0 g S U Q s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T m F t Z V s y M j Y 0 M z A 5 X S w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z X N v d X J j Z S B U e X B l W z I y N j Q z M T J d L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l T U 0 5 b M j I 2 N D M x O F 0 s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 T 0 N M Q 1 s y M j Y 0 M z E 5 X S w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q b G F j Z S B v Z i B Q d W J s a W N h d G l v b l s y M j Y 0 M z I w X S w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q d W J s a X N o Z X J b M j I 2 N D M y M V 0 s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R n J l c X V l b m N 5 W z I y N j Q z M j J d L D d 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 J l b G F 0 a W 9 u W z I y N j Q z M j N d L D h 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 N v d X J j Z S B Q c m 9 2 a W R l Z C B C e V s y M j Y 0 M z I 0 X S w 5 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t K U 1 R P U i B V U k w s M T B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V h c m x p Z X N 0 I E V 4 Y W N 0 I E R h d G U s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 x h d G V z d C B F e G F j d C B E Y X R l L D E y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D b 3 Z l c m F n Z S A o R G F 0 Z S B S Y W 5 n Z S k s M T N 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U Z X J t I E l E L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 5 h b W V b M j I 2 N D M w O V 0 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U m V z b 3 V y Y 2 U g V H l w Z V s y M j Y 0 M z E y X S w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J U 1 N O W z I y N j Q z M T h d L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 9 D T E N b M j I 2 N D M x O V 0 s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U G x h Y 2 U g b 2 Y g U H V i b G l j Y X R p b 2 5 b M j I 2 N D M y M F 0 s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U H V i b G l z a G V y W z I y N j Q z M j F d L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 3 R p d G x l L W x p c 3 Q t M T M 5 N D Y 0 L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 Z y Z X F 1 Z W 5 j e V s y M j Y 0 M z I y X S w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t S Z W x h d G l v b l s y M j Y 0 M z I z X S w 4 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t T b 3 V y Y 2 U g U H J v d m l k Z W Q g Q n l b M j I 2 N D M y N F 0 s O X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S l N U T 1 I g V V J M L D E w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F Y X J s a W V z d C B F e G F j d C B E Y X R l L D E x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 0 a X R s Z S 1 s a X N 0 L T E z O T Q 2 N C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t M Y X R l c 3 Q g R X h h Y 3 Q g R G F 0 Z S w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 2 9 2 Z X J h Z 2 U g K E R h d G U g U m F u Z 2 U p L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v U 2 9 1 c m N l P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v U H J v b W 9 0 Z W Q l M j B I Z W F k Z X J z P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v d G l 0 b G U t b G l z d C 0 x M z k 0 N j Q v Q 2 h h b m d l Z C U y M F R 5 c G U 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A w H p l Z p l y 8 0 O v C Q O 6 y x i M 5 w A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A C R t q z V L 9 x 9 E E V V X 6 q U x e l c y / D T b l K J u h b 2 L S 9 X Z o 5 j F A A A A A A O g A A A A A I A A C A A A A C a I S Z F S C o J k I 5 T M T v 5 i O 5 T r A g D H m k C Z s T D c u 4 0 9 2 x F r l A A A A D g Y A j Z M I o h C z b 8 3 8 o P X f X t 0 J 5 d 1 / I I K l u u 9 V V 8 r e t F s a u W t F V i a k 2 J U t 5 S l U g + y q A L a K X S r T p 1 G O Q x q V 5 I F Q S t / M t I V c c y F X T 4 7 K K g 9 g 8 M 3 k A A A A B R i N s 8 C w Y W N 9 1 g g y A j J 1 W 5 z u q Y y 3 V b P G K c 3 7 f G p F l j G f a C q N W O T 1 Z u s 2 H 6 5 P R J g E Q I B 8 x u K X O b Q H h V i G 5 5 F i G A < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C0118B2-7F0E-44AB-8303-FF58E615F079}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1512E5B-2DE6-44EB-B34F-B135BECC293A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>title-list-139464</vt:lpstr>
     </vt:vector>